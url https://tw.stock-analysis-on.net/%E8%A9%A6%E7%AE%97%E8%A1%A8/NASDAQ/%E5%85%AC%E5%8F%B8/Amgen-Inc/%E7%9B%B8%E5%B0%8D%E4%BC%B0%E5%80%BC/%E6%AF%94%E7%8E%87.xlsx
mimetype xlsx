--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -863,286 +863,286 @@
       <c r="C16" s="10">
         <v>92.31</v>
       </c>
       <c r="D16" s="10">
         <v>0.0</v>
       </c>
       <c r="E16" s="10">
         <v>39.24</v>
       </c>
       <c r="F16" s="10">
         <v>94.47</v>
       </c>
       <c r="G16" s="10">
         <v>394.17000000000002</v>
       </c>
       <c r="H16" s="10">
         <v>41.11</v>
       </c>
       <c r="I16" s="10">
         <v>17.68</v>
       </c>
       <c r="J16" s="10">
         <v>19.27</v>
       </c>
       <c r="K16" s="10">
-        <v>18.71</v>
+        <v>18.43</v>
       </c>
       <c r="L16" s="10">
         <v>32.19</v>
       </c>
       <c r="M16" s="10">
         <v>0.0</v>
       </c>
       <c r="N16" s="10">
         <v>55.07</v>
       </c>
       <c r="O16" s="10">
-        <v>41.87</v>
+        <v>41.88</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="10">
         <v>39.85</v>
       </c>
       <c r="C17" s="10">
         <v>211.78</v>
       </c>
       <c r="D17" s="10">
         <v>0.0</v>
       </c>
       <c r="E17" s="10">
         <v>35.97</v>
       </c>
       <c r="F17" s="10">
         <v>74.37</v>
       </c>
       <c r="G17" s="10">
         <v>0.0</v>
       </c>
       <c r="H17" s="10">
         <v>37.020000000000003</v>
       </c>
       <c r="I17" s="10">
         <v>0.0</v>
       </c>
       <c r="J17" s="10">
         <v>18.35</v>
       </c>
       <c r="K17" s="10">
-        <v>15.14</v>
+        <v>15.67</v>
       </c>
       <c r="L17" s="10">
         <v>28.09</v>
       </c>
       <c r="M17" s="10">
         <v>0.0</v>
       </c>
       <c r="N17" s="10">
-        <v>50.68</v>
+        <v>50.69</v>
       </c>
       <c r="O17" s="10">
-        <v>38.16</v>
+        <v>38.17</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B18" s="10">
         <v>1.88</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
         <v>0.0</v>
       </c>
       <c r="E18" s="10">
         <v>4.31</v>
       </c>
       <c r="F18" s="10">
         <v>3.5</v>
       </c>
       <c r="G18" s="10">
         <v>0.0</v>
       </c>
       <c r="H18" s="10">
         <v>3.72</v>
       </c>
       <c r="I18" s="10">
         <v>0.0</v>
       </c>
       <c r="J18" s="10">
         <v>3.82</v>
       </c>
       <c r="K18" s="10">
-        <v>0.79</v>
+        <v>1.04</v>
       </c>
       <c r="L18" s="10">
         <v>2.2</v>
       </c>
       <c r="M18" s="10">
         <v>0.0</v>
       </c>
       <c r="N18" s="10">
         <v>6.37</v>
       </c>
       <c r="O18" s="10">
         <v>4.31</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="10">
         <v>28.51</v>
       </c>
       <c r="C19" s="10">
         <v>43.22</v>
       </c>
       <c r="D19" s="10">
         <v>0.0</v>
       </c>
       <c r="E19" s="10">
         <v>31.46</v>
       </c>
       <c r="F19" s="10">
         <v>77.56</v>
       </c>
       <c r="G19" s="10">
         <v>113.84</v>
       </c>
       <c r="H19" s="10">
         <v>27.79</v>
       </c>
       <c r="I19" s="10">
         <v>15.2</v>
       </c>
       <c r="J19" s="10">
         <v>12.47</v>
       </c>
       <c r="K19" s="10">
-        <v>20.69</v>
+        <v>23.21</v>
       </c>
       <c r="L19" s="10">
         <v>27.8</v>
       </c>
       <c r="M19" s="10">
         <v>0.0</v>
       </c>
       <c r="N19" s="10">
         <v>37.97</v>
       </c>
       <c r="O19" s="10">
-        <v>29.62</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="10">
         <v>6.46</v>
       </c>
       <c r="C20" s="10">
         <v>7.0099999999999998</v>
       </c>
       <c r="D20" s="10">
         <v>2.61</v>
       </c>
       <c r="E20" s="10">
         <v>6.41</v>
       </c>
       <c r="F20" s="10">
         <v>22.21</v>
       </c>
       <c r="G20" s="10">
         <v>6.61</v>
       </c>
       <c r="H20" s="10">
         <v>6.51</v>
       </c>
       <c r="I20" s="10">
         <v>4.72</v>
       </c>
       <c r="J20" s="10">
         <v>2.43</v>
       </c>
       <c r="K20" s="10">
-        <v>5.81</v>
+        <v>5.79</v>
       </c>
       <c r="L20" s="10">
         <v>4.76</v>
       </c>
       <c r="M20" s="10">
         <v>11.0</v>
       </c>
       <c r="N20" s="10">
         <v>6.77</v>
       </c>
       <c r="O20" s="10">
         <v>3.7</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="10">
         <v>35.21</v>
       </c>
       <c r="C21" s="10">
         <v>118.76000000000001</v>
       </c>
       <c r="D21" s="10">
         <v>7.73</v>
       </c>
       <c r="E21" s="10">
         <v>3.09</v>
       </c>
       <c r="F21" s="10">
         <v>70.48999999999999</v>
       </c>
       <c r="G21" s="10">
         <v>9.79</v>
       </c>
       <c r="H21" s="10">
         <v>8.09</v>
       </c>
       <c r="I21" s="10">
         <v>6.53</v>
       </c>
       <c r="J21" s="10">
         <v>1.75</v>
       </c>
       <c r="K21" s="10">
-        <v>2.81</v>
+        <v>2.66</v>
       </c>
       <c r="L21" s="10">
         <v>4.11</v>
       </c>
       <c r="M21" s="10">
         <v>7.39</v>
       </c>
       <c r="N21" s="10">
         <v>8.57</v>
       </c>
       <c r="O21" s="10">
         <v>6.59</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="11" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
@@ -1621,51 +1621,51 @@
       </c>
       <c r="E21" s="10">
         <v>11.76</v>
       </c>
       <c r="F21" s="10">
         <v>19.62</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
         <v>17.76</v>
       </c>
       <c r="C22" s="10">
         <v>25.99</v>
       </c>
       <c r="D22" s="10">
         <v>19.68</v>
       </c>
       <c r="E22" s="10">
         <v>8.37</v>
       </c>
       <c r="F22" s="10">
-        <v>15.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="10">
         <v>32.030000000000001</v>
       </c>
       <c r="C23" s="10">
         <v>35.65</v>
       </c>
       <c r="D23" s="10">
         <v>30.55</v>
       </c>
       <c r="E23" s="10">
         <v>27.35</v>
       </c>
       <c r="F23" s="10">
         <v>27.89</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>12</v>
@@ -2072,51 +2072,51 @@
       </c>
       <c r="E21" s="10">
         <v>12.74</v>
       </c>
       <c r="F21" s="10">
         <v>21.12</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
         <v>19.63</v>
       </c>
       <c r="C22" s="10">
         <v>25.39</v>
       </c>
       <c r="D22" s="10">
         <v>18.010000000000002</v>
       </c>
       <c r="E22" s="10">
         <v>7.55</v>
       </c>
       <c r="F22" s="10">
-        <v>14.82</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="10">
         <v>27.65</v>
       </c>
       <c r="C23" s="10">
         <v>31.16</v>
       </c>
       <c r="D23" s="10">
         <v>25.3</v>
       </c>
       <c r="E23" s="10">
         <v>21.07</v>
       </c>
       <c r="F23" s="10">
         <v>22.81</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>12</v>
@@ -2523,51 +2523,51 @@
       </c>
       <c r="E21" s="10">
         <v>3.15</v>
       </c>
       <c r="F21" s="10">
         <v>4.42</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
         <v>5.52</v>
       </c>
       <c r="C22" s="10">
         <v>7.84</v>
       </c>
       <c r="D22" s="10">
         <v>7.0099999999999998</v>
       </c>
       <c r="E22" s="10">
         <v>4.2</v>
       </c>
       <c r="F22" s="10">
-        <v>6.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="10">
         <v>4.73</v>
       </c>
       <c r="C23" s="10">
         <v>4.99</v>
       </c>
       <c r="D23" s="10">
         <v>4.73</v>
       </c>
       <c r="E23" s="10">
         <v>5.39</v>
       </c>
       <c r="F23" s="10">
         <v>5.52</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>12</v>
@@ -2974,51 +2974,51 @@
       </c>
       <c r="E21" s="10">
         <v>3.35</v>
       </c>
       <c r="F21" s="10">
         <v>2.98</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="10">
         <v>2.67</v>
       </c>
       <c r="C22" s="10">
         <v>3.96</v>
       </c>
       <c r="D22" s="10">
         <v>3.77</v>
       </c>
       <c r="E22" s="10">
         <v>3.6</v>
       </c>
       <c r="F22" s="10">
-        <v>4.81</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="17" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="10">
         <v>4.09</v>
       </c>
       <c r="C23" s="10">
         <v>4.57</v>
       </c>
       <c r="D23" s="10">
         <v>4.83</v>
       </c>
       <c r="E23" s="10">
         <v>5.18</v>
       </c>
       <c r="F23" s="10">
         <v>5.15</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="17" t="s">
         <v>12</v>