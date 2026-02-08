--- v0 (2025-10-19)
+++ v1 (2026-02-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>AppLovin Corp.</t>
   </si>
   <si>
     <t>每股股息 （DPS） 預測</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>價值</t>
   </si>
   <si>
     <t>DPS(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>現值 28.85%</t>
+    <t>現值 34.28%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>普通股 AppLovin Corp. 內在價值（每股）</t>
   </si>