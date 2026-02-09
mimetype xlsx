--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -2215,60 +2215,60 @@
       </c>
       <c r="R24" s="8">
         <v>0.0</v>
       </c>
       <c r="S24" s="8">
         <v>0.0</v>
       </c>
       <c r="T24" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="8">
         <v>0.13</v>
       </c>
       <c r="C25" s="8">
         <v>0.13</v>
       </c>
       <c r="D25" s="8">
         <v>0.14</v>
       </c>
       <c r="E25" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="F25" s="8">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
       <c r="G25" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="H25" s="8">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="I25" s="8">
         <v>0.0</v>
       </c>
       <c r="J25" s="8">
         <v>0.0</v>
       </c>
       <c r="K25" s="8">
         <v>0.0</v>
       </c>
       <c r="L25" s="8">
         <v>0.0</v>
       </c>
       <c r="M25" s="8">
         <v>0.0</v>
       </c>
       <c r="N25" s="8">
         <v>0.0</v>
       </c>
       <c r="O25" s="8">
         <v>0.0</v>
       </c>
       <c r="P25" s="8">
         <v>0.0</v>
       </c>
@@ -4111,60 +4111,60 @@
       </c>
       <c r="R24" s="8">
         <v>0.0</v>
       </c>
       <c r="S24" s="8">
         <v>0.0</v>
       </c>
       <c r="T24" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="8">
         <v>0.11</v>
       </c>
       <c r="C25" s="8">
         <v>0.12</v>
       </c>
       <c r="D25" s="8">
         <v>0.12</v>
       </c>
       <c r="E25" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="F25" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="G25" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="H25" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="I25" s="8">
         <v>0.0</v>
       </c>
       <c r="J25" s="8">
         <v>0.0</v>
       </c>
       <c r="K25" s="8">
         <v>0.0</v>
       </c>
       <c r="L25" s="8">
         <v>0.0</v>
       </c>
       <c r="M25" s="8">
         <v>0.0</v>
       </c>
       <c r="N25" s="8">
         <v>0.0</v>
       </c>
       <c r="O25" s="8">
         <v>0.0</v>
       </c>
       <c r="P25" s="8">
         <v>0.0</v>
       </c>
@@ -6007,60 +6007,60 @@
       </c>
       <c r="R24" s="8">
         <v>0.0</v>
       </c>
       <c r="S24" s="8">
         <v>0.0</v>
       </c>
       <c r="T24" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="8">
         <v>0.1</v>
       </c>
       <c r="C25" s="8">
         <v>0.1</v>
       </c>
       <c r="D25" s="8">
         <v>0.1</v>
       </c>
       <c r="E25" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="F25" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="G25" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="H25" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="I25" s="8">
         <v>0.0</v>
       </c>
       <c r="J25" s="8">
         <v>0.0</v>
       </c>
       <c r="K25" s="8">
         <v>0.0</v>
       </c>
       <c r="L25" s="8">
         <v>0.0</v>
       </c>
       <c r="M25" s="8">
         <v>0.0</v>
       </c>
       <c r="N25" s="8">
         <v>0.0</v>
       </c>
       <c r="O25" s="8">
         <v>0.0</v>
       </c>
       <c r="P25" s="8">
         <v>0.0</v>
       </c>
@@ -7717,60 +7717,60 @@
       </c>
       <c r="R21" s="8">
         <v>0.0</v>
       </c>
       <c r="S21" s="8">
         <v>0.0</v>
       </c>
       <c r="T21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="8">
         <v>1.29</v>
       </c>
       <c r="C22" s="8">
         <v>1.32</v>
       </c>
       <c r="D22" s="8">
         <v>1.32</v>
       </c>
       <c r="E22" s="8">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="8">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="G22" s="8">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="H22" s="8">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="I22" s="8">
         <v>0.0</v>
       </c>
       <c r="J22" s="8">
         <v>0.0</v>
       </c>
       <c r="K22" s="8">
         <v>0.0</v>
       </c>
       <c r="L22" s="8">
         <v>0.0</v>
       </c>
       <c r="M22" s="8">
         <v>0.0</v>
       </c>
       <c r="N22" s="8">
         <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>