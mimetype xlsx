--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1051,51 +1051,51 @@
       </c>
       <c r="B20" s="6">
         <v>1.4</v>
       </c>
       <c r="C20" s="6">
         <v>1.35</v>
       </c>
       <c r="D20" s="6">
         <v>0.0</v>
       </c>
       <c r="E20" s="6">
         <v>0.0</v>
       </c>
       <c r="F20" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="6">
         <v>3.56</v>
       </c>
       <c r="C21" s="6">
-        <v>3.63</v>
+        <v>0.0</v>
       </c>
       <c r="D21" s="6">
         <v>0.0</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B22" s="6">
         <v>1.5</v>
       </c>
       <c r="C22" s="6">
         <v>2.13</v>
       </c>
       <c r="D22" s="6">
         <v>0.0</v>
       </c>
       <c r="E22" s="6">
@@ -1562,51 +1562,51 @@
       </c>
       <c r="B25" s="6">
         <v>1.0</v>
       </c>
       <c r="C25" s="6">
         <v>0.78</v>
       </c>
       <c r="D25" s="6">
         <v>0.0</v>
       </c>
       <c r="E25" s="6">
         <v>0.0</v>
       </c>
       <c r="F25" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="6">
         <v>2.98</v>
       </c>
       <c r="C26" s="6">
-        <v>2.86</v>
+        <v>0.0</v>
       </c>
       <c r="D26" s="6">
         <v>0.0</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B27" s="6">
         <v>1.0</v>
       </c>
       <c r="C27" s="6">
         <v>1.63</v>
       </c>
       <c r="D27" s="6">
         <v>0.0</v>
       </c>
       <c r="E27" s="6">
@@ -2033,51 +2033,51 @@
       </c>
       <c r="B23" s="6">
         <v>0.73</v>
       </c>
       <c r="C23" s="6">
         <v>0.47</v>
       </c>
       <c r="D23" s="6">
         <v>0.0</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="6">
         <v>1.45</v>
       </c>
       <c r="C24" s="6">
-        <v>1.33</v>
+        <v>0.0</v>
       </c>
       <c r="D24" s="6">
         <v>0.0</v>
       </c>
       <c r="E24" s="6">
         <v>0.0</v>
       </c>
       <c r="F24" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="6">
         <v>0.33</v>
       </c>
       <c r="C25" s="6">
         <v>1.0</v>
       </c>
       <c r="D25" s="6">
         <v>0.0</v>
       </c>
       <c r="E25" s="6">