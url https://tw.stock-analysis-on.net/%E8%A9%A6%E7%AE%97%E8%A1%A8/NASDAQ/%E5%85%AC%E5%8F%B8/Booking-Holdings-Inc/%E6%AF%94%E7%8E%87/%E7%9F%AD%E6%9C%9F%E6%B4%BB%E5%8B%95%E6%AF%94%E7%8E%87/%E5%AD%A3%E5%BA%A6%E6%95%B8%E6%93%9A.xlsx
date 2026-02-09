--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1471,60 +1471,60 @@
       <c r="I14" s="8">
         <v>85.44</v>
       </c>
       <c r="J14" s="8">
         <v>134.080000000000013</v>
       </c>
       <c r="K14" s="8">
         <v>152.24000000000001</v>
       </c>
       <c r="L14" s="8">
         <v>136.37</v>
       </c>
       <c r="M14" s="8">
         <v>80.79000000000001</v>
       </c>
       <c r="N14" s="8">
         <v>118.060000000000002</v>
       </c>
       <c r="O14" s="8">
         <v>97.41</v>
       </c>
       <c r="P14" s="8">
         <v>87.64</v>
       </c>
       <c r="Q14" s="8">
-        <v>75.77</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="8">
-        <v>94.54000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="8">
-        <v>90.40000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="8">
-        <v>92.26000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="8">
         <v>14.13</v>
       </c>
       <c r="C15" s="8">
         <v>14.16</v>
       </c>
       <c r="D15" s="8">
         <v>14.37</v>
       </c>
       <c r="E15" s="8">
         <v>14.65</v>
       </c>
       <c r="F15" s="8">
         <v>16.32</v>
       </c>
       <c r="G15" s="8">
         <v>16.43</v>
       </c>
       <c r="H15" s="8">
@@ -2047,60 +2047,60 @@
       <c r="I13" s="8">
         <v>36.86</v>
       </c>
       <c r="J13" s="8">
         <v>34.039999999999999</v>
       </c>
       <c r="K13" s="8">
         <v>42.59</v>
       </c>
       <c r="L13" s="8">
         <v>36.87</v>
       </c>
       <c r="M13" s="8">
         <v>35.61</v>
       </c>
       <c r="N13" s="8">
         <v>38.6</v>
       </c>
       <c r="O13" s="8">
         <v>39.82</v>
       </c>
       <c r="P13" s="8">
         <v>36.049999999999997</v>
       </c>
       <c r="Q13" s="8">
-        <v>35.79</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="8">
-        <v>32.44</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="8">
-        <v>38.26</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="8">
-        <v>34.83</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="8">
         <v>24.34</v>
       </c>
       <c r="C14" s="8">
         <v>17.23</v>
       </c>
       <c r="D14" s="8">
         <v>17.36</v>
       </c>
       <c r="E14" s="8">
         <v>17.26</v>
       </c>
       <c r="F14" s="8">
         <v>27.84</v>
       </c>
       <c r="G14" s="8">
         <v>31.29</v>
       </c>
       <c r="H14" s="8">
@@ -2809,60 +2809,60 @@
       <c r="I17" s="8">
         <v>16.73</v>
       </c>
       <c r="J17" s="8">
         <v>16.4</v>
       </c>
       <c r="K17" s="8">
         <v>16.17</v>
       </c>
       <c r="L17" s="8">
         <v>24.45</v>
       </c>
       <c r="M17" s="8">
         <v>34.0</v>
       </c>
       <c r="N17" s="8">
         <v>32.42</v>
       </c>
       <c r="O17" s="8">
         <v>37.95</v>
       </c>
       <c r="P17" s="8">
         <v>29.78</v>
       </c>
       <c r="Q17" s="8">
-        <v>14.86</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="8">
-        <v>10.78</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="8">
-        <v>11.18</v>
+        <v>0.0</v>
       </c>
       <c r="T17" s="8">
-        <v>10.14</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="8">
         <v>2.36</v>
       </c>
       <c r="C18" s="8">
         <v>2.36</v>
       </c>
       <c r="D18" s="8">
         <v>3.43</v>
       </c>
       <c r="E18" s="8">
         <v>3.64</v>
       </c>
       <c r="F18" s="8">
         <v>3.81</v>
       </c>
       <c r="G18" s="8">
         <v>3.71</v>
       </c>
       <c r="H18" s="8">
@@ -3385,60 +3385,60 @@
       <c r="I12" s="9">
         <v>4.0</v>
       </c>
       <c r="J12" s="9">
         <v>3.0</v>
       </c>
       <c r="K12" s="9">
         <v>2.0</v>
       </c>
       <c r="L12" s="9">
         <v>3.0</v>
       </c>
       <c r="M12" s="9">
         <v>5.0</v>
       </c>
       <c r="N12" s="9">
         <v>3.0</v>
       </c>
       <c r="O12" s="9">
         <v>4.0</v>
       </c>
       <c r="P12" s="9">
         <v>4.0</v>
       </c>
       <c r="Q12" s="9">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="R12" s="9">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="S12" s="9">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="T12" s="9">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="9">
         <v>26.0</v>
       </c>
       <c r="C13" s="9">
         <v>26.0</v>
       </c>
       <c r="D13" s="9">
         <v>25.0</v>
       </c>
       <c r="E13" s="9">
         <v>25.0</v>
       </c>
       <c r="F13" s="9">
         <v>22.0</v>
       </c>
       <c r="G13" s="9">
         <v>22.0</v>
       </c>
       <c r="H13" s="9">
@@ -3899,60 +3899,60 @@
       <c r="I12" s="9">
         <v>10.0</v>
       </c>
       <c r="J12" s="9">
         <v>11.0</v>
       </c>
       <c r="K12" s="9">
         <v>9.0</v>
       </c>
       <c r="L12" s="9">
         <v>10.0</v>
       </c>
       <c r="M12" s="9">
         <v>10.0</v>
       </c>
       <c r="N12" s="9">
         <v>9.0</v>
       </c>
       <c r="O12" s="9">
         <v>9.0</v>
       </c>
       <c r="P12" s="9">
         <v>10.0</v>
       </c>
       <c r="Q12" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="R12" s="9">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="S12" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="T12" s="9">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="9">
         <v>15.0</v>
       </c>
       <c r="C13" s="9">
         <v>21.0</v>
       </c>
       <c r="D13" s="9">
         <v>21.0</v>
       </c>
       <c r="E13" s="9">
         <v>21.0</v>
       </c>
       <c r="F13" s="9">
         <v>13.0</v>
       </c>
       <c r="G13" s="9">
         <v>12.0</v>
       </c>
       <c r="H13" s="9">