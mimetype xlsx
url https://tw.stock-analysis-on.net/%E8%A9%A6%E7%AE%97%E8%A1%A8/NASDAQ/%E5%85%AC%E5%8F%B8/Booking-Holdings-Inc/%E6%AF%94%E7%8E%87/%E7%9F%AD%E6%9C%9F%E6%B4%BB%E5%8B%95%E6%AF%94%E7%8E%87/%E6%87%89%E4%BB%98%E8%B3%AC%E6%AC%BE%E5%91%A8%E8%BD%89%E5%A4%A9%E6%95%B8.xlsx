--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -666,51 +666,51 @@
       </c>
       <c r="E11" s="12">
         <v>37.0</v>
       </c>
       <c r="F11" s="12">
         <v>33.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>9.0</v>
       </c>
       <c r="C12" s="12">
         <v>10.0</v>
       </c>
       <c r="D12" s="12">
         <v>10.0</v>
       </c>
       <c r="E12" s="12">
         <v>10.0</v>
       </c>
       <c r="F12" s="12">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>21.0</v>
       </c>
       <c r="C13" s="12">
         <v>17.0</v>
       </c>
       <c r="D13" s="12">
         <v>16.0</v>
       </c>
       <c r="E13" s="12">
         <v>25.0</v>
       </c>
       <c r="F13" s="12">
         <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>