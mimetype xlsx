--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -689,51 +689,51 @@
       </c>
       <c r="E12" s="12">
         <v>9.77</v>
       </c>
       <c r="F12" s="12">
         <v>10.96</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>39.38</v>
       </c>
       <c r="C13" s="12">
         <v>36.86</v>
       </c>
       <c r="D13" s="12">
         <v>35.61</v>
       </c>
       <c r="E13" s="12">
         <v>35.79</v>
       </c>
       <c r="F13" s="12">
-        <v>40.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>17.26</v>
       </c>
       <c r="C14" s="12">
         <v>21.25</v>
       </c>
       <c r="D14" s="12">
         <v>22.85</v>
       </c>
       <c r="E14" s="12">
         <v>14.52</v>
       </c>
       <c r="F14" s="12">
         <v>17.1</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>