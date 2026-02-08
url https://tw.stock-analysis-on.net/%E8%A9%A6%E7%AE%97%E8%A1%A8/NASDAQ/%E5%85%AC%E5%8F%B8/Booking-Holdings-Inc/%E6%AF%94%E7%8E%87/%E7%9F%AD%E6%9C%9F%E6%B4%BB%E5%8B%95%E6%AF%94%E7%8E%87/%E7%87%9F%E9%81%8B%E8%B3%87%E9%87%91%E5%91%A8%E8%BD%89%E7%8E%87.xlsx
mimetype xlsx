--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -738,51 +738,51 @@
       </c>
       <c r="E15" s="13">
         <v>0.99</v>
       </c>
       <c r="F15" s="13">
         <v>0.89</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="13">
         <v>18.49</v>
       </c>
       <c r="C16" s="13">
         <v>16.73</v>
       </c>
       <c r="D16" s="13">
         <v>34.0</v>
       </c>
       <c r="E16" s="13">
         <v>14.86</v>
       </c>
       <c r="F16" s="13">
-        <v>10.0099999999999998</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
         <v>3.64</v>
       </c>
       <c r="C17" s="13">
         <v>3.95</v>
       </c>
       <c r="D17" s="13">
         <v>3.03</v>
       </c>
       <c r="E17" s="13">
         <v>1.74</v>
       </c>
       <c r="F17" s="13">
         <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>