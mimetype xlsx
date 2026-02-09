--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1564,60 +1564,60 @@
       <c r="A25" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B25" s="14">
         <v>0.87</v>
       </c>
       <c r="C25" s="14">
         <v>0.92</v>
       </c>
       <c r="D25" s="14">
         <v>0.9</v>
       </c>
       <c r="E25" s="14">
         <v>0.96</v>
       </c>
       <c r="F25" s="14">
         <v>1.09</v>
       </c>
       <c r="G25" s="14">
         <v>1.14</v>
       </c>
       <c r="H25" s="14">
         <v>1.46</v>
       </c>
       <c r="I25" s="14">
-        <v>1.59</v>
+        <v>0.0</v>
       </c>
       <c r="J25" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="K25" s="14">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="L25" s="14">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="M25" s="14">
         <v>0.0</v>
       </c>
       <c r="N25" s="14">
         <v>0.0</v>
       </c>
       <c r="O25" s="14">
         <v>0.0</v>
       </c>
       <c r="P25" s="14">
         <v>0.0</v>
       </c>
       <c r="Q25" s="14">
         <v>0.0</v>
       </c>
       <c r="R25" s="14">
         <v>0.0</v>
       </c>
       <c r="S25" s="14">
         <v>0.0</v>
       </c>
       <c r="T25" s="14">
         <v>0.0</v>
       </c>