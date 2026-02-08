--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1696,60 +1696,60 @@
       <c r="B23" s="7">
         <v>4.55</v>
       </c>
       <c r="C23" s="7">
         <v>5.69</v>
       </c>
       <c r="D23" s="7">
         <v>5.72</v>
       </c>
       <c r="E23" s="7">
         <v>5.17</v>
       </c>
       <c r="F23" s="7">
         <v>4.7</v>
       </c>
       <c r="G23" s="7">
         <v>4.92</v>
       </c>
       <c r="H23" s="7">
         <v>5.09</v>
       </c>
       <c r="I23" s="7">
         <v>5.54</v>
       </c>
       <c r="J23" s="7">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="7">
-        <v>5.63</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="7">
-        <v>5.08</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="7">
-        <v>6.12</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="7">
         <v>0.0</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7">
         <v>0.0</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
@@ -2780,60 +2780,60 @@
       <c r="B28" s="7">
         <v>3.12</v>
       </c>
       <c r="C28" s="7">
         <v>4.12</v>
       </c>
       <c r="D28" s="7">
         <v>4.24</v>
       </c>
       <c r="E28" s="7">
         <v>3.93</v>
       </c>
       <c r="F28" s="7">
         <v>3.67</v>
       </c>
       <c r="G28" s="7">
         <v>3.98</v>
       </c>
       <c r="H28" s="7">
         <v>4.13</v>
       </c>
       <c r="I28" s="7">
         <v>4.6</v>
       </c>
       <c r="J28" s="7">
-        <v>4.45</v>
+        <v>0.0</v>
       </c>
       <c r="K28" s="7">
-        <v>4.74</v>
+        <v>0.0</v>
       </c>
       <c r="L28" s="7">
-        <v>4.08</v>
+        <v>0.0</v>
       </c>
       <c r="M28" s="7">
-        <v>4.86</v>
+        <v>0.0</v>
       </c>
       <c r="N28" s="7">
         <v>0.0</v>
       </c>
       <c r="O28" s="7">
         <v>0.0</v>
       </c>
       <c r="P28" s="7">
         <v>0.0</v>
       </c>
       <c r="Q28" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
@@ -3811,60 +3811,60 @@
       <c r="B27" s="7">
         <v>2.58</v>
       </c>
       <c r="C27" s="7">
         <v>3.37</v>
       </c>
       <c r="D27" s="7">
         <v>3.52</v>
       </c>
       <c r="E27" s="7">
         <v>3.29</v>
       </c>
       <c r="F27" s="7">
         <v>3.04</v>
       </c>
       <c r="G27" s="7">
         <v>3.25</v>
       </c>
       <c r="H27" s="7">
         <v>3.28</v>
       </c>
       <c r="I27" s="7">
         <v>3.89</v>
       </c>
       <c r="J27" s="7">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="7">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="7">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="7">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="N27" s="7">
         <v>0.0</v>
       </c>
       <c r="O27" s="7">
         <v>0.0</v>
       </c>
       <c r="P27" s="7">
         <v>0.0</v>
       </c>
       <c r="Q27" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>