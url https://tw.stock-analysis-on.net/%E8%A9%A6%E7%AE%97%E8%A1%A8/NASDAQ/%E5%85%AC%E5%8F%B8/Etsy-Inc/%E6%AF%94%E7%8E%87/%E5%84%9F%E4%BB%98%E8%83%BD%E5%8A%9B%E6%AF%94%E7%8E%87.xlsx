--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1270,51 +1270,51 @@
       <c r="E17" s="12">
         <v>3.12</v>
       </c>
       <c r="F17" s="12">
         <v>3.12</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7">
         <v>5.24</v>
       </c>
       <c r="C20" s="7">
-        <v>4.63</v>
+        <v>0.0</v>
       </c>
       <c r="D20" s="7">
         <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>8.97</v>
       </c>
       <c r="C21" s="7">
         <v>8.26</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
@@ -1621,51 +1621,51 @@
       <c r="E14" s="12">
         <v>0.85</v>
       </c>
       <c r="F14" s="12">
         <v>0.18</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="7">
         <v>0.54</v>
       </c>
       <c r="C17" s="7">
-        <v>0.66</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="7">
         <v>0.0</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="7">
         <v>11.29</v>
       </c>
       <c r="C18" s="7">
         <v>0.0</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
@@ -2032,51 +2032,51 @@
       <c r="E17" s="12">
         <v>0.85</v>
       </c>
       <c r="F17" s="12">
         <v>0.18</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7">
         <v>0.96</v>
       </c>
       <c r="C20" s="7">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
       <c r="D20" s="7">
         <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>13.16</v>
       </c>
       <c r="C21" s="7">
         <v>0.0</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
@@ -2403,51 +2403,51 @@
       <c r="E14" s="12">
         <v>0.46</v>
       </c>
       <c r="F14" s="12">
         <v>0.15</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="7">
         <v>0.35</v>
       </c>
       <c r="C17" s="7">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="7">
         <v>0.0</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="7">
         <v>0.92</v>
       </c>
       <c r="C18" s="7">
         <v>1.11</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
@@ -2834,51 +2834,51 @@
       <c r="E17" s="12">
         <v>0.46</v>
       </c>
       <c r="F17" s="12">
         <v>0.15</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7">
         <v>0.49</v>
       </c>
       <c r="C20" s="7">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="D20" s="7">
         <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>0.93</v>
       </c>
       <c r="C21" s="7">
         <v>1.09</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
@@ -3185,51 +3185,51 @@
       <c r="E14" s="12">
         <v>0.38</v>
       </c>
       <c r="F14" s="12">
         <v>0.12</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="13" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="7">
         <v>0.18</v>
       </c>
       <c r="C17" s="7">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="7">
         <v>0.0</v>
       </c>
       <c r="E17" s="7">
         <v>0.0</v>
       </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="7">
         <v>0.53</v>
       </c>
       <c r="C18" s="7">
         <v>0.61</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
@@ -3596,51 +3596,51 @@
       <c r="E17" s="12">
         <v>0.38</v>
       </c>
       <c r="F17" s="12">
         <v>0.12</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="7">
         <v>0.31</v>
       </c>
       <c r="C20" s="7">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="D20" s="7">
         <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="7">
         <v>0.62</v>
       </c>
       <c r="C21" s="7">
         <v>0.73</v>
       </c>
       <c r="D21" s="7">
         <v>0.0</v>
       </c>
       <c r="E21" s="7">
@@ -3867,51 +3867,51 @@
       <c r="E9" s="12">
         <v>2.25</v>
       </c>
       <c r="F9" s="12">
         <v>1.53</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="7">
         <v>3.04</v>
       </c>
       <c r="C12" s="7">
-        <v>3.44</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="7">
         <v>21.39</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
@@ -4178,51 +4178,51 @@
       <c r="E11" s="12">
         <v>3.48</v>
       </c>
       <c r="F11" s="12">
         <v>3.9</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B14" s="7">
         <v>22.09</v>
       </c>
       <c r="C14" s="7">
-        <v>15.69</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="7">
         <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="7">
         <v>13.6</v>
       </c>
       <c r="C15" s="7">
         <v>13.25</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">