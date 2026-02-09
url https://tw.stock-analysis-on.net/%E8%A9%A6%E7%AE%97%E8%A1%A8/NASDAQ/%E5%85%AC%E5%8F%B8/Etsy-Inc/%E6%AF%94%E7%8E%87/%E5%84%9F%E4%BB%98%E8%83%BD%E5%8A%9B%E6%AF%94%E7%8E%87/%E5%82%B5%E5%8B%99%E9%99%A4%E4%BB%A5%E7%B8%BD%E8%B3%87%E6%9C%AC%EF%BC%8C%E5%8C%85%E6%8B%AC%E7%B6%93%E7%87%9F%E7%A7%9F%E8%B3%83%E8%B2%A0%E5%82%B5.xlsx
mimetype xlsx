--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -850,51 +850,51 @@
       <c r="E17" s="12">
         <v>0.46</v>
       </c>
       <c r="F17" s="12">
         <v>0.15</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="15">
         <v>0.49</v>
       </c>
       <c r="C20" s="15">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="D20" s="15">
         <v>0.0</v>
       </c>
       <c r="E20" s="15">
         <v>0.0</v>
       </c>
       <c r="F20" s="15">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="15">
         <v>0.93</v>
       </c>
       <c r="C21" s="15">
         <v>1.09</v>
       </c>
       <c r="D21" s="15">
         <v>0.0</v>
       </c>
       <c r="E21" s="15">