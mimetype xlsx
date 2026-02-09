--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -807,60 +807,60 @@
       <c r="Q10" s="10">
         <v>0.74</v>
       </c>
       <c r="R10" s="10">
         <v>0.74</v>
       </c>
     </row>
     <row r="11" spans="1:18" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:18" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.96</v>
       </c>
       <c r="C13" s="13">
-        <v>1.14</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="13">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="13">
-        <v>1.05</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="13">
         <v>0.0</v>
       </c>
       <c r="H13" s="13">
         <v>0.0</v>
       </c>
       <c r="I13" s="13">
         <v>0.0</v>
       </c>
       <c r="J13" s="13">
         <v>0.0</v>
       </c>
       <c r="K13" s="13">
         <v>0.0</v>
       </c>
       <c r="L13" s="13">
         <v>0.0</v>
       </c>
       <c r="M13" s="13">
         <v>0.0</v>
       </c>
       <c r="N13" s="13">
         <v>0.0</v>
       </c>