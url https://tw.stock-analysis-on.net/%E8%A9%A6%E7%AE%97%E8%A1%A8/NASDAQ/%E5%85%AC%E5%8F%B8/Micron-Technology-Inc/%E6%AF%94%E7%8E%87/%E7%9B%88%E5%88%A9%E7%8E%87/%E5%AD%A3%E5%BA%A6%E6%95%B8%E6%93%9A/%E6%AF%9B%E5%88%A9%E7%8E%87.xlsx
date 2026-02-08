--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1485,108 +1485,108 @@
       </c>
       <c r="R21" s="13">
         <v>0.5816</v>
       </c>
       <c r="S21" s="13">
         <v>0.5751</v>
       </c>
       <c r="T21" s="13">
         <v>0.5982</v>
       </c>
       <c r="U21" s="13">
         <v>0.5999</v>
       </c>
       <c r="V21" s="13">
         <v>0.6017</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>0.0</v>
       </c>
       <c r="C22" s="13">
-        <v>0.0</v>
+        <v>0.5702</v>
       </c>
       <c r="D22" s="13">
         <v>0.5748</v>
       </c>
       <c r="E22" s="13">
         <v>0.5803</v>
       </c>
       <c r="F22" s="13">
         <v>0.5802</v>
       </c>
       <c r="G22" s="13">
         <v>0.5814</v>
       </c>
       <c r="H22" s="13">
         <v>0.5863</v>
       </c>
       <c r="I22" s="13">
         <v>0.5936</v>
       </c>
       <c r="J22" s="13">
         <v>0.6101</v>
       </c>
       <c r="K22" s="13">
         <v>0.629</v>
       </c>
       <c r="L22" s="13">
         <v>0.6446</v>
       </c>
       <c r="M22" s="13">
         <v>0.6629</v>
       </c>
       <c r="N22" s="13">
         <v>0.6764</v>
       </c>
       <c r="O22" s="13">
         <v>0.6876</v>
       </c>
       <c r="P22" s="13">
         <v>0.6951</v>
       </c>
       <c r="Q22" s="13">
         <v>0.6926</v>
       </c>
       <c r="R22" s="13">
         <v>0.6868</v>
       </c>
       <c r="S22" s="13">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="13">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="13">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>