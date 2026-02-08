--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1963,60 +1963,60 @@
       <c r="E22" s="8">
         <v>0.8616</v>
       </c>
       <c r="F22" s="8">
         <v>0.8596</v>
       </c>
       <c r="G22" s="8">
         <v>0.8642</v>
       </c>
       <c r="H22" s="8">
         <v>0.8696</v>
       </c>
       <c r="I22" s="8">
         <v>0.8718</v>
       </c>
       <c r="J22" s="8">
         <v>0.8539</v>
       </c>
       <c r="K22" s="8">
         <v>0.8497</v>
       </c>
       <c r="L22" s="8">
         <v>0.8465</v>
       </c>
       <c r="M22" s="8">
-        <v>0.8483</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>0.8665</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
-        <v>0.8685</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="8">
-        <v>0.8684</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
       <c r="S22" s="8">
         <v>0.0</v>
       </c>
       <c r="T22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>0.4077</v>
       </c>
       <c r="C23" s="8">
         <v>0.4076</v>
       </c>
       <c r="D23" s="8">
@@ -3035,60 +3035,60 @@
       <c r="E22" s="8">
         <v>0.3085</v>
       </c>
       <c r="F22" s="8">
         <v>0.3223</v>
       </c>
       <c r="G22" s="8">
         <v>0.342</v>
       </c>
       <c r="H22" s="8">
         <v>0.3579</v>
       </c>
       <c r="I22" s="8">
         <v>0.3893</v>
       </c>
       <c r="J22" s="8">
         <v>0.4545</v>
       </c>
       <c r="K22" s="8">
         <v>0.4819</v>
       </c>
       <c r="L22" s="8">
         <v>0.5508</v>
       </c>
       <c r="M22" s="8">
-        <v>0.5567</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>0.5519</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
-        <v>0.5394</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="8">
-        <v>0.4337</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
       <c r="S22" s="8">
         <v>0.0</v>
       </c>
       <c r="T22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>0.1693</v>
       </c>
       <c r="C23" s="8">
         <v>0.1701</v>
       </c>
       <c r="D23" s="8">
@@ -4107,60 +4107,60 @@
       <c r="E22" s="8">
         <v>0.3014</v>
       </c>
       <c r="F22" s="8">
         <v>0.3047</v>
       </c>
       <c r="G22" s="8">
         <v>0.3393</v>
       </c>
       <c r="H22" s="8">
         <v>0.3381</v>
       </c>
       <c r="I22" s="8">
         <v>0.3564</v>
       </c>
       <c r="J22" s="8">
         <v>0.3917</v>
       </c>
       <c r="K22" s="8">
         <v>0.3997</v>
       </c>
       <c r="L22" s="8">
         <v>0.4806</v>
       </c>
       <c r="M22" s="8">
-        <v>0.5025</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>0.5165</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
-        <v>0.5011</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="8">
-        <v>0.4353</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
       <c r="S22" s="8">
         <v>0.0</v>
       </c>
       <c r="T22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>0.1448</v>
       </c>
       <c r="C23" s="8">
         <v>0.1469</v>
       </c>
       <c r="D23" s="8">
@@ -5179,60 +5179,60 @@
       <c r="E22" s="8">
         <v>0.1522</v>
       </c>
       <c r="F22" s="8">
         <v>0.1603</v>
       </c>
       <c r="G22" s="8">
         <v>0.179</v>
       </c>
       <c r="H22" s="8">
         <v>0.178</v>
       </c>
       <c r="I22" s="8">
         <v>0.1914</v>
       </c>
       <c r="J22" s="8">
         <v>0.2505</v>
       </c>
       <c r="K22" s="8">
         <v>0.2749</v>
       </c>
       <c r="L22" s="8">
         <v>0.3984</v>
       </c>
       <c r="M22" s="8">
-        <v>0.4303</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>0.4053</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
-        <v>0.4102</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="8">
-        <v>0.3343</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
       <c r="S22" s="8">
         <v>0.0</v>
       </c>
       <c r="T22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>0.1252</v>
       </c>
       <c r="C23" s="8">
         <v>0.1312</v>
       </c>
       <c r="D23" s="8">
@@ -6251,60 +6251,60 @@
       <c r="E22" s="8">
         <v>0.1195</v>
       </c>
       <c r="F22" s="8">
         <v>0.1241</v>
       </c>
       <c r="G22" s="8">
         <v>0.1402</v>
       </c>
       <c r="H22" s="8">
         <v>0.1391</v>
       </c>
       <c r="I22" s="8">
         <v>0.1485</v>
       </c>
       <c r="J22" s="8">
         <v>0.194</v>
       </c>
       <c r="K22" s="8">
         <v>0.209</v>
       </c>
       <c r="L22" s="8">
         <v>0.3011</v>
       </c>
       <c r="M22" s="8">
-        <v>0.3175</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
-        <v>0.2955</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="8">
-        <v>0.2888</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="8">
-        <v>0.2253</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
       <c r="R22" s="8">
         <v>0.0</v>
       </c>
       <c r="S22" s="8">
         <v>0.0</v>
       </c>
       <c r="T22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="8">
         <v>0.0611</v>
       </c>
       <c r="C23" s="8">
         <v>0.0632</v>
       </c>
       <c r="D23" s="8">