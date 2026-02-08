--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1876,60 +1876,60 @@
       <c r="E22" s="7">
         <v>3.16</v>
       </c>
       <c r="F22" s="7">
         <v>3.27</v>
       </c>
       <c r="G22" s="7">
         <v>3.23</v>
       </c>
       <c r="H22" s="7">
         <v>3.19</v>
       </c>
       <c r="I22" s="7">
         <v>3.23</v>
       </c>
       <c r="J22" s="7">
         <v>3.7</v>
       </c>
       <c r="K22" s="7">
         <v>3.91</v>
       </c>
       <c r="L22" s="7">
         <v>4.64</v>
       </c>
       <c r="M22" s="7">
-        <v>4.62</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="7">
-        <v>3.99</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="7">
-        <v>3.69</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="7">
-        <v>2.82</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="7">
         <v>0.0</v>
       </c>
       <c r="R22" s="7">
         <v>0.0</v>
       </c>
       <c r="S22" s="7">
         <v>0.0</v>
       </c>
       <c r="T22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="7">
         <v>4.5</v>
       </c>
       <c r="C23" s="7">
         <v>4.56</v>
       </c>
       <c r="D23" s="7">
@@ -3462,60 +3462,60 @@
       <c r="E22" s="7">
         <v>0.4</v>
       </c>
       <c r="F22" s="7">
         <v>0.41</v>
       </c>
       <c r="G22" s="7">
         <v>0.41</v>
       </c>
       <c r="H22" s="7">
         <v>0.41</v>
       </c>
       <c r="I22" s="7">
         <v>0.42</v>
       </c>
       <c r="J22" s="7">
         <v>0.5</v>
       </c>
       <c r="K22" s="7">
         <v>0.52</v>
       </c>
       <c r="L22" s="7">
         <v>0.63</v>
       </c>
       <c r="M22" s="7">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="7">
-        <v>0.57</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="7">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="7">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="7">
         <v>0.0</v>
       </c>
       <c r="R22" s="7">
         <v>0.0</v>
       </c>
       <c r="S22" s="7">
         <v>0.0</v>
       </c>
       <c r="T22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="7">
         <v>0.42</v>
       </c>
       <c r="C23" s="7">
         <v>0.43</v>
       </c>
       <c r="D23" s="7">
@@ -4534,60 +4534,60 @@
       <c r="E22" s="7">
         <v>0.51</v>
       </c>
       <c r="F22" s="7">
         <v>0.53</v>
       </c>
       <c r="G22" s="7">
         <v>0.53</v>
       </c>
       <c r="H22" s="7">
         <v>0.53</v>
       </c>
       <c r="I22" s="7">
         <v>0.54</v>
       </c>
       <c r="J22" s="7">
         <v>0.64</v>
       </c>
       <c r="K22" s="7">
         <v>0.69</v>
       </c>
       <c r="L22" s="7">
         <v>0.83</v>
       </c>
       <c r="M22" s="7">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="7">
-        <v>0.78</v>
+        <v>0.0</v>
       </c>
       <c r="O22" s="7">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="P22" s="7">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
       <c r="Q22" s="7">
         <v>0.0</v>
       </c>
       <c r="R22" s="7">
         <v>0.0</v>
       </c>
       <c r="S22" s="7">
         <v>0.0</v>
       </c>
       <c r="T22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="7">
         <v>0.86</v>
       </c>
       <c r="C23" s="7">
         <v>0.89</v>
       </c>
       <c r="D23" s="7">