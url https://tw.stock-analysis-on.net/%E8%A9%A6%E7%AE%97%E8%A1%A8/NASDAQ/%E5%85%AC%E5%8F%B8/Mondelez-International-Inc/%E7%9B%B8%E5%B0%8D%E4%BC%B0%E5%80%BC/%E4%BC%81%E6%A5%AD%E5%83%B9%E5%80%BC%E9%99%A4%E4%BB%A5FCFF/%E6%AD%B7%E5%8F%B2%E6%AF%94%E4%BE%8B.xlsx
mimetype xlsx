--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -706,51 +706,51 @@
       </c>
       <c r="E13" s="12">
         <v>33.079999999999998</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
         <v>22.54</v>
       </c>
       <c r="C14" s="12">
         <v>20.71</v>
       </c>
       <c r="D14" s="12">
         <v>19.53</v>
       </c>
       <c r="E14" s="12">
         <v>16.35</v>
       </c>
       <c r="F14" s="12">
-        <v>16.31</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
         <v>30.16</v>
       </c>
       <c r="C16" s="12">
         <v>26.1</v>
       </c>
       <c r="D16" s="12">
         <v>28.47</v>
       </c>
       <c r="E16" s="12">
         <v>24.71</v>
       </c>
       <c r="F16" s="12">
         <v>0.0</v>