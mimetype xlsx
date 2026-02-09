--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1486,60 +1486,60 @@
       <c r="G24" s="14">
         <v>0.4</v>
       </c>
       <c r="H24" s="14">
         <v>0.4</v>
       </c>
       <c r="I24" s="14">
         <v>0.41</v>
       </c>
       <c r="J24" s="14">
         <v>0.4</v>
       </c>
       <c r="K24" s="14">
         <v>0.37</v>
       </c>
       <c r="L24" s="14">
         <v>0.35</v>
       </c>
       <c r="M24" s="14">
         <v>0.34</v>
       </c>
       <c r="N24" s="14">
         <v>0.36</v>
       </c>
       <c r="O24" s="14">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="P24" s="14">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="Q24" s="14">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="14">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="15"/>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" s="15"/>
     </row>
   </sheetData>