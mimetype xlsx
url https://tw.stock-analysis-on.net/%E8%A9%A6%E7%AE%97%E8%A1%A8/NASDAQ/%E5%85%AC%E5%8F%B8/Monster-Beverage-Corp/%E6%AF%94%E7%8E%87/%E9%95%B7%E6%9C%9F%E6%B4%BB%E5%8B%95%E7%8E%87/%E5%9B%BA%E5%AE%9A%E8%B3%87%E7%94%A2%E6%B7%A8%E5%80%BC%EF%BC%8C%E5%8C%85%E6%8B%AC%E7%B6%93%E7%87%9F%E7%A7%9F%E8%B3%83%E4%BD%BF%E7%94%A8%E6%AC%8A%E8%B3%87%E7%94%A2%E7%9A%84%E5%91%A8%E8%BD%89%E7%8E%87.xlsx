--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -772,51 +772,51 @@
       </c>
       <c r="D17" s="13">
         <v>3.25</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="13">
         <v>4.32</v>
       </c>
       <c r="C18" s="13">
         <v>4.35</v>
       </c>
       <c r="D18" s="13">
         <v>4.69</v>
       </c>
       <c r="E18" s="13">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="13">
         <v>3.53</v>
       </c>
       <c r="C20" s="13">
         <v>3.51</v>
       </c>
       <c r="D20" s="13">
         <v>3.45</v>
       </c>
       <c r="E20" s="13">
         <v>0.0</v>