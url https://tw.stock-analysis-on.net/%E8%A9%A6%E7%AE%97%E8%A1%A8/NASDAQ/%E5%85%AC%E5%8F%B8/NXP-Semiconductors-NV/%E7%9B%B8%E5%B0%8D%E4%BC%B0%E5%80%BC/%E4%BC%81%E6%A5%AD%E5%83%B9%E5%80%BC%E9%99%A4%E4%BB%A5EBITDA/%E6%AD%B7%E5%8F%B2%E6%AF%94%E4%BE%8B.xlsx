--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -881,51 +881,51 @@
       </c>
       <c r="B21" s="12">
         <v>12.76</v>
       </c>
       <c r="C21" s="12">
         <v>19.49</v>
       </c>
       <c r="D21" s="12">
         <v>0.0</v>
       </c>
       <c r="E21" s="12">
         <v>0.0</v>
       </c>
       <c r="F21" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>15.54</v>
       </c>
       <c r="C22" s="12">
-        <v>21.75</v>
+        <v>0.0</v>
       </c>
       <c r="D22" s="12">
         <v>0.0</v>
       </c>
       <c r="E22" s="12">
         <v>0.0</v>
       </c>
       <c r="F22" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="12">
         <v>15.52</v>
       </c>
       <c r="C24" s="12">
         <v>0.0</v>