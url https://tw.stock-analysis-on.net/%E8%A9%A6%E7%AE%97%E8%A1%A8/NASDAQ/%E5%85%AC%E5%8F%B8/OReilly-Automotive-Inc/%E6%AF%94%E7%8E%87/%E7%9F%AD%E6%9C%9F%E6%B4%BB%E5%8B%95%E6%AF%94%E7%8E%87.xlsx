--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1141,51 +1141,51 @@
       <c r="E11" s="10">
         <v>-8.0</v>
       </c>
       <c r="F11" s="10">
         <v>-7.0</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="8">
         <v>-45.0</v>
       </c>
       <c r="C14" s="8">
-        <v>-62.0</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="8">
         <v>0.0</v>
       </c>
       <c r="E14" s="8">
         <v>0.0</v>
       </c>
       <c r="F14" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>29.0</v>
       </c>
       <c r="C15" s="8">
         <v>41.0</v>
       </c>
       <c r="D15" s="8">
         <v>0.0</v>
       </c>
       <c r="E15" s="8">
@@ -1412,51 +1412,51 @@
       <c r="E9" s="14">
         <v>1.41</v>
       </c>
       <c r="F9" s="14">
         <v>1.41</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="7">
         <v>8.34</v>
       </c>
       <c r="C12" s="7">
-        <v>9.8</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="7">
         <v>5.25</v>
       </c>
       <c r="C13" s="7">
         <v>5.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
@@ -1683,51 +1683,51 @@
       <c r="E9" s="14">
         <v>49.66</v>
       </c>
       <c r="F9" s="14">
         <v>41.52</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="7">
         <v>23.26</v>
       </c>
       <c r="C12" s="7">
-        <v>26.09</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="7">
         <v>44.15</v>
       </c>
       <c r="C13" s="7">
         <v>52.34</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
@@ -1954,51 +1954,51 @@
       <c r="E9" s="14">
         <v>1.33</v>
       </c>
       <c r="F9" s="14">
         <v>1.33</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="7">
         <v>3.46</v>
       </c>
       <c r="C12" s="7">
-        <v>3.22</v>
+        <v>0.0</v>
       </c>
       <c r="D12" s="7">
         <v>0.0</v>
       </c>
       <c r="E12" s="7">
         <v>0.0</v>
       </c>
       <c r="F12" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="7">
         <v>7.52</v>
       </c>
       <c r="C13" s="7">
         <v>9.33</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
@@ -2265,51 +2265,51 @@
       <c r="E12" s="14">
         <v>0.0</v>
       </c>
       <c r="F12" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="7">
         <v>24.33</v>
       </c>
       <c r="C15" s="7">
-        <v>60.82</v>
+        <v>0.0</v>
       </c>
       <c r="D15" s="7">
         <v>0.0</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="7">
         <v>24.87</v>
       </c>
       <c r="C16" s="7">
         <v>76.81</v>
       </c>
       <c r="D16" s="7">
         <v>0.0</v>
       </c>
       <c r="E16" s="7">
@@ -2516,51 +2516,51 @@
       <c r="E8" s="10">
         <v>259.0</v>
       </c>
       <c r="F8" s="10">
         <v>258.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>44.0</v>
       </c>
       <c r="C11" s="8">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="D11" s="8">
         <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>70.0</v>
       </c>
       <c r="C12" s="8">
         <v>73.0</v>
       </c>
       <c r="D12" s="8">
         <v>0.0</v>
       </c>
       <c r="E12" s="8">
@@ -2767,51 +2767,51 @@
       <c r="E8" s="10">
         <v>7.0</v>
       </c>
       <c r="F8" s="10">
         <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>16.0</v>
       </c>
       <c r="C11" s="8">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
       <c r="D11" s="8">
         <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>8.0</v>
       </c>
       <c r="C12" s="8">
         <v>7.0</v>
       </c>
       <c r="D12" s="8">
         <v>0.0</v>
       </c>
       <c r="E12" s="8">
@@ -3043,51 +3043,51 @@
       <c r="E10" s="10">
         <v>266.0</v>
       </c>
       <c r="F10" s="10">
         <v>267.0</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>60.0</v>
       </c>
       <c r="C13" s="8">
-        <v>51.0</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="8">
         <v>0.0</v>
       </c>
       <c r="E13" s="8">
         <v>0.0</v>
       </c>
       <c r="F13" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>78.0</v>
       </c>
       <c r="C14" s="8">
         <v>80.0</v>
       </c>
       <c r="D14" s="8">
         <v>0.0</v>
       </c>
       <c r="E14" s="8">
@@ -3294,51 +3294,51 @@
       <c r="E8" s="10">
         <v>274.0</v>
       </c>
       <c r="F8" s="10">
         <v>274.0</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="34.8">
       <c r="A9" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>105.0</v>
       </c>
       <c r="C11" s="8">
-        <v>113.0</v>
+        <v>0.0</v>
       </c>
       <c r="D11" s="8">
         <v>0.0</v>
       </c>
       <c r="E11" s="8">
         <v>0.0</v>
       </c>
       <c r="F11" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>49.0</v>
       </c>
       <c r="C12" s="8">
         <v>39.0</v>
       </c>
       <c r="D12" s="8">
         <v>0.0</v>
       </c>
       <c r="E12" s="8">