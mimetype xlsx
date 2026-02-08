--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2265,60 +2265,60 @@
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:20" customHeight="1" ht="28.8">
       <c r="A12" s="16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="8">
         <v>7.8</v>
       </c>
       <c r="C13" s="8">
         <v>7.3</v>
       </c>
       <c r="D13" s="8">
         <v>7.9</v>
       </c>
       <c r="E13" s="8">
-        <v>8.34</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="8">
-        <v>8.69</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="8">
-        <v>10.9</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="8">
-        <v>10.54</v>
+        <v>0.0</v>
       </c>
       <c r="I13" s="8">
         <v>0.0</v>
       </c>
       <c r="J13" s="8">
         <v>0.0</v>
       </c>
       <c r="K13" s="8">
         <v>0.0</v>
       </c>
       <c r="L13" s="8">
         <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
@@ -3355,60 +3355,60 @@
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:20" customHeight="1" ht="28.8">
       <c r="A12" s="16" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="8">
         <v>4.22</v>
       </c>
       <c r="C13" s="8">
         <v>3.91</v>
       </c>
       <c r="D13" s="8">
         <v>4.03</v>
       </c>
       <c r="E13" s="8">
-        <v>3.46</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="8">
-        <v>3.76</v>
+        <v>0.0</v>
       </c>
       <c r="G13" s="8">
-        <v>3.98</v>
+        <v>0.0</v>
       </c>
       <c r="H13" s="8">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="I13" s="8">
         <v>0.0</v>
       </c>
       <c r="J13" s="8">
         <v>0.0</v>
       </c>
       <c r="K13" s="8">
         <v>0.0</v>
       </c>
       <c r="L13" s="8">
         <v>0.0</v>
       </c>
       <c r="M13" s="8">
         <v>0.0</v>
       </c>
       <c r="N13" s="8">
         <v>0.0</v>
       </c>
       <c r="O13" s="8">
         <v>0.0</v>
       </c>
       <c r="P13" s="8">
         <v>0.0</v>
       </c>
@@ -4055,60 +4055,60 @@
     </row>
     <row r="14" spans="1:20" customHeight="1" ht="34.8">
       <c r="A14" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:20" customHeight="1" ht="28.8">
       <c r="A15" s="16" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="8">
         <v>0.0</v>
       </c>
       <c r="C16" s="8">
         <v>0.0</v>
       </c>
       <c r="D16" s="8">
         <v>0.0</v>
       </c>
       <c r="E16" s="8">
-        <v>24.33</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="8">
-        <v>31.5</v>
+        <v>0.0</v>
       </c>
       <c r="G16" s="8">
-        <v>19.23</v>
+        <v>0.0</v>
       </c>
       <c r="H16" s="8">
-        <v>69.81</v>
+        <v>0.0</v>
       </c>
       <c r="I16" s="8">
         <v>0.0</v>
       </c>
       <c r="J16" s="8">
         <v>0.0</v>
       </c>
       <c r="K16" s="8">
         <v>0.0</v>
       </c>
       <c r="L16" s="8">
         <v>0.0</v>
       </c>
       <c r="M16" s="8">
         <v>0.0</v>
       </c>
       <c r="N16" s="8">
         <v>0.0</v>
       </c>
       <c r="O16" s="8">
         <v>0.0</v>
       </c>
       <c r="P16" s="8">
         <v>0.0</v>
       </c>
@@ -4569,60 +4569,60 @@
     </row>
     <row r="10" spans="1:20" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="28.8">
       <c r="A11" s="16" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="9">
         <v>47.0</v>
       </c>
       <c r="C12" s="9">
         <v>50.0</v>
       </c>
       <c r="D12" s="9">
         <v>46.0</v>
       </c>
       <c r="E12" s="9">
-        <v>44.0</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="9">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="9">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
       <c r="H12" s="9">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="I12" s="9">
         <v>0.0</v>
       </c>
       <c r="J12" s="9">
         <v>0.0</v>
       </c>
       <c r="K12" s="9">
         <v>0.0</v>
       </c>
       <c r="L12" s="9">
         <v>0.0</v>
       </c>
       <c r="M12" s="9">
         <v>0.0</v>
       </c>
       <c r="N12" s="9">
         <v>0.0</v>
       </c>
       <c r="O12" s="9">
         <v>0.0</v>
       </c>
       <c r="P12" s="9">
         <v>0.0</v>
       </c>
@@ -6054,60 +6054,60 @@
     </row>
     <row r="10" spans="1:20" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:20" customHeight="1" ht="28.8">
       <c r="A11" s="16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="9">
         <v>86.0</v>
       </c>
       <c r="C12" s="9">
         <v>93.0</v>
       </c>
       <c r="D12" s="9">
         <v>91.0</v>
       </c>
       <c r="E12" s="9">
-        <v>105.0</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="9">
-        <v>97.0</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="9">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
       <c r="H12" s="9">
-        <v>93.0</v>
+        <v>0.0</v>
       </c>
       <c r="I12" s="9">
         <v>0.0</v>
       </c>
       <c r="J12" s="9">
         <v>0.0</v>
       </c>
       <c r="K12" s="9">
         <v>0.0</v>
       </c>
       <c r="L12" s="9">
         <v>0.0</v>
       </c>
       <c r="M12" s="9">
         <v>0.0</v>
       </c>
       <c r="N12" s="9">
         <v>0.0</v>
       </c>
       <c r="O12" s="9">
         <v>0.0</v>
       </c>
       <c r="P12" s="9">
         <v>0.0</v>
       </c>