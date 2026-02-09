--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -498,51 +498,51 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="5">
         <v>46018</v>
       </c>
       <c r="B5" s="6">
         <v>0.85</v>
       </c>
       <c r="C5" s="6">
         <v>0.0</v>
       </c>
       <c r="D5" s="6">
         <v>0.0</v>
       </c>
       <c r="E5" s="6">
-        <v>0.0</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>45654</v>
       </c>
       <c r="B6" s="6">
         <v>0.82</v>
       </c>
       <c r="C6" s="6">
         <v>1.03</v>
       </c>
       <c r="D6" s="6">
         <v>0.68</v>
       </c>
       <c r="E6" s="6">
         <v>0.88</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5">
         <v>45290</v>
       </c>
       <c r="B7" s="6">
         <v>0.85</v>