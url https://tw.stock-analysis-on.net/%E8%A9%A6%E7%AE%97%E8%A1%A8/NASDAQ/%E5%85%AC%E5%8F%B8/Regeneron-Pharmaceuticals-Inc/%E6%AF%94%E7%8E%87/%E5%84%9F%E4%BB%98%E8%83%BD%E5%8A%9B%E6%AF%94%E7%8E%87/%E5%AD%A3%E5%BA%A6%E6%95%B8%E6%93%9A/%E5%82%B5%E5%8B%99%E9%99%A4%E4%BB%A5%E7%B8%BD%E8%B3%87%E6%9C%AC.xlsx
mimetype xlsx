--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -12,65 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="債務與總資本比率" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Regeneron Pharmaceuticals Inc.</t>
   </si>
   <si>
     <t>債務與總資本比率</t>
   </si>
   <si>
     <t>季度數據</t>
   </si>
   <si>
     <t>選定的財務數據 (以千美元計)</t>
-  </si>
-[...1 lines deleted...]
-    <t>債務</t>
   </si>
   <si>
     <t>融資租賃負債，流動部分</t>
   </si>
   <si>
     <t>長期債務</t>
   </si>
   <si>
     <t>融資租賃負債，不含流動部分</t>
   </si>
   <si>
     <t>總債務</t>
   </si>
   <si>
     <t>股東權益</t>
   </si>
   <si>
     <t>總資本</t>
   </si>
   <si>
     <t>償付能力比率</t>
   </si>
   <si>
     <t>基準</t>
   </si>
@@ -573,142 +570,133 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:Q28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T29" sqref="T29"/>
+      <selection activeCell="Q28" sqref="Q28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="6" spans="1:17" customHeight="1" ht="34.8">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="8">
         <v>0.0</v>
       </c>
       <c r="C7" s="8">
         <v>0.0</v>
       </c>
       <c r="D7" s="8">
         <v>0.0</v>
       </c>
       <c r="E7" s="8">
         <v>0.0</v>
       </c>
       <c r="F7" s="8">
         <v>0.0</v>
       </c>
       <c r="G7" s="8">
         <v>0.0</v>
       </c>
       <c r="H7" s="8">
         <v>0.0</v>
       </c>
       <c r="I7" s="8">
@@ -716,1214 +704,987 @@
       </c>
       <c r="J7" s="8">
         <v>0.0</v>
       </c>
       <c r="K7" s="8">
         <v>0.0</v>
       </c>
       <c r="L7" s="8">
         <v>0.0</v>
       </c>
       <c r="M7" s="8">
         <v>0.0</v>
       </c>
       <c r="N7" s="8">
         <v>0.0</v>
       </c>
       <c r="O7" s="8">
         <v>0.0</v>
       </c>
       <c r="P7" s="8">
         <v>0.0</v>
       </c>
       <c r="Q7" s="8">
         <v>0.0</v>
       </c>
-      <c r="R7" s="8">
-[...9 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
-        <v>0.0</v>
+        <v>1985900.0</v>
       </c>
       <c r="C8" s="8">
-        <v>0.0</v>
+        <v>1985500.0</v>
       </c>
       <c r="D8" s="8">
-        <v>0.0</v>
+        <v>1985100.0</v>
       </c>
       <c r="E8" s="8">
-        <v>0.0</v>
+        <v>1984800.0</v>
       </c>
       <c r="F8" s="8">
-        <v>0.0</v>
+        <v>1984400.0</v>
       </c>
       <c r="G8" s="8">
-        <v>0.0</v>
+        <v>1984000.0</v>
       </c>
       <c r="H8" s="8">
-        <v>0.0</v>
+        <v>1983600.0</v>
       </c>
       <c r="I8" s="8">
-        <v>0.0</v>
+        <v>1983300.0</v>
       </c>
       <c r="J8" s="8">
-        <v>0.0</v>
+        <v>1982900.0</v>
       </c>
       <c r="K8" s="8">
-        <v>0.0</v>
+        <v>1982600.0</v>
       </c>
       <c r="L8" s="8">
-        <v>0.0</v>
+        <v>1982200.0</v>
       </c>
       <c r="M8" s="8">
-        <v>0.0</v>
+        <v>1981800.0</v>
       </c>
       <c r="N8" s="8">
-        <v>0.0</v>
+        <v>1981400.0</v>
       </c>
       <c r="O8" s="8">
-        <v>0.0</v>
+        <v>1981100.0</v>
       </c>
       <c r="P8" s="8">
-        <v>0.0</v>
+        <v>1980700.0</v>
       </c>
       <c r="Q8" s="8">
-        <v>719700.0</v>
-[...11 lines deleted...]
-    <row r="9" spans="1:20">
+        <v>1980400.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
-        <v>1985500.0</v>
+        <v>720000.0</v>
       </c>
       <c r="C9" s="8">
-        <v>1985100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="D9" s="8">
-        <v>1984800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="E9" s="8">
-        <v>1984400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="F9" s="8">
-        <v>1984000.0</v>
+        <v>720000.0</v>
       </c>
       <c r="G9" s="8">
-        <v>1983600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="H9" s="8">
-        <v>1983300.0</v>
+        <v>720000.0</v>
       </c>
       <c r="I9" s="8">
-        <v>1982900.0</v>
+        <v>720000.0</v>
       </c>
       <c r="J9" s="8">
-        <v>1982600.0</v>
+        <v>720000.0</v>
       </c>
       <c r="K9" s="8">
-        <v>1982200.0</v>
+        <v>720000.0</v>
       </c>
       <c r="L9" s="8">
-        <v>1981800.0</v>
+        <v>720000.0</v>
       </c>
       <c r="M9" s="8">
-        <v>1981400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="N9" s="8">
-        <v>1981100.0</v>
+        <v>720000.0</v>
       </c>
       <c r="O9" s="8">
-        <v>1980700.0</v>
+        <v>720000.0</v>
       </c>
       <c r="P9" s="8">
-        <v>1980400.0</v>
+        <v>720000.0</v>
       </c>
       <c r="Q9" s="8">
-        <v>1980000.0</v>
-[...12 lines deleted...]
-      <c r="A10" s="7" t="s">
+        <v>720000.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17">
+      <c r="A10" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="8">
-[...58 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="B10" s="10">
+        <v>2705900.0</v>
+      </c>
+      <c r="C10" s="10">
+        <v>2705500.0</v>
+      </c>
+      <c r="D10" s="10">
+        <v>2705100.0</v>
+      </c>
+      <c r="E10" s="10">
+        <v>2704800.0</v>
+      </c>
+      <c r="F10" s="10">
+        <v>2704400.0</v>
+      </c>
+      <c r="G10" s="10">
+        <v>2704000.0</v>
+      </c>
+      <c r="H10" s="10">
+        <v>2703600.0</v>
+      </c>
+      <c r="I10" s="10">
+        <v>2703300.0</v>
+      </c>
+      <c r="J10" s="10">
+        <v>2702900.0</v>
+      </c>
+      <c r="K10" s="10">
+        <v>2702600.0</v>
+      </c>
+      <c r="L10" s="10">
+        <v>2702200.0</v>
+      </c>
+      <c r="M10" s="10">
+        <v>2701800.0</v>
+      </c>
+      <c r="N10" s="10">
+        <v>2701400.0</v>
+      </c>
+      <c r="O10" s="10">
+        <v>2701100.0</v>
+      </c>
+      <c r="P10" s="10">
+        <v>2700700.0</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>2700400.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17">
+      <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="10">
-[...58 lines deleted...]
-      <c r="A12" s="7" t="s">
+      <c r="B11" s="8">
+        <v>31256900.0</v>
+      </c>
+      <c r="C11" s="8">
+        <v>30957800.0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>29938900.0</v>
+      </c>
+      <c r="E11" s="8">
+        <v>29387600.0</v>
+      </c>
+      <c r="F11" s="8">
+        <v>29353600.0</v>
+      </c>
+      <c r="G11" s="8">
+        <v>29325900.0</v>
+      </c>
+      <c r="H11" s="8">
+        <v>28205800.0</v>
+      </c>
+      <c r="I11" s="8">
+        <v>26991100.0</v>
+      </c>
+      <c r="J11" s="8">
+        <v>25973100.0</v>
+      </c>
+      <c r="K11" s="8">
+        <v>24904400.0</v>
+      </c>
+      <c r="L11" s="8">
+        <v>24017900.0</v>
+      </c>
+      <c r="M11" s="8">
+        <v>23495200.0</v>
+      </c>
+      <c r="N11" s="8">
+        <v>22664000.0</v>
+      </c>
+      <c r="O11" s="8">
+        <v>21438800.0</v>
+      </c>
+      <c r="P11" s="8">
+        <v>20687800.0</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>19914700.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17">
+      <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="8">
-[...58 lines deleted...]
-      <c r="A13" s="11" t="s">
+      <c r="B12" s="10">
+        <v>33962800.0</v>
+      </c>
+      <c r="C12" s="10">
+        <v>33663300.0</v>
+      </c>
+      <c r="D12" s="10">
+        <v>32644000.0</v>
+      </c>
+      <c r="E12" s="10">
+        <v>32092400.0</v>
+      </c>
+      <c r="F12" s="10">
+        <v>32058000.0</v>
+      </c>
+      <c r="G12" s="10">
+        <v>32029900.0</v>
+      </c>
+      <c r="H12" s="10">
+        <v>30909400.0</v>
+      </c>
+      <c r="I12" s="10">
+        <v>29694400.0</v>
+      </c>
+      <c r="J12" s="10">
+        <v>28676000.0</v>
+      </c>
+      <c r="K12" s="10">
+        <v>27607000.0</v>
+      </c>
+      <c r="L12" s="10">
+        <v>26720100.0</v>
+      </c>
+      <c r="M12" s="10">
+        <v>26197000.0</v>
+      </c>
+      <c r="N12" s="10">
+        <v>25365400.0</v>
+      </c>
+      <c r="O12" s="10">
+        <v>24139900.0</v>
+      </c>
+      <c r="P12" s="10">
+        <v>23388500.0</v>
+      </c>
+      <c r="Q12" s="10">
+        <v>22615100.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="10">
-[...58 lines deleted...]
-      <c r="A14" s="6" t="s">
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="B14" s="12">
+        <v>0.08</v>
+      </c>
+      <c r="C14" s="12">
+        <v>0.08</v>
+      </c>
+      <c r="D14" s="12">
+        <v>0.08</v>
+      </c>
+      <c r="E14" s="12">
+        <v>0.08</v>
+      </c>
+      <c r="F14" s="12">
+        <v>0.08</v>
+      </c>
+      <c r="G14" s="12">
+        <v>0.08</v>
+      </c>
+      <c r="H14" s="12">
+        <v>0.09</v>
+      </c>
+      <c r="I14" s="12">
+        <v>0.09</v>
+      </c>
+      <c r="J14" s="12">
+        <v>0.09</v>
+      </c>
+      <c r="K14" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="L14" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="M14" s="12">
+        <v>0.1</v>
+      </c>
+      <c r="N14" s="12">
+        <v>0.11</v>
+      </c>
+      <c r="O14" s="12">
+        <v>0.11</v>
+      </c>
+      <c r="P14" s="12">
+        <v>0.12</v>
+      </c>
+      <c r="Q14" s="12">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
+      <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
-[...62 lines deleted...]
-      <c r="A16" s="6" t="s">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
+      <c r="A16" s="13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="17" spans="1:20" customHeight="1" ht="28.8">
-      <c r="A17" s="13" t="s">
+    <row r="17" spans="1:17">
+      <c r="A17" s="14" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="18" spans="1:20">
+      <c r="B17" s="15">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="15">
+        <v>1.04</v>
+      </c>
+      <c r="D17" s="15">
+        <v>1.0</v>
+      </c>
+      <c r="E17" s="15">
+        <v>0.98</v>
+      </c>
+      <c r="F17" s="15">
+        <v>0.95</v>
+      </c>
+      <c r="G17" s="15">
+        <v>0.92</v>
+      </c>
+      <c r="H17" s="15">
+        <v>0.91</v>
+      </c>
+      <c r="I17" s="15">
+        <v>0.9</v>
+      </c>
+      <c r="J17" s="15">
+        <v>0.85</v>
+      </c>
+      <c r="K17" s="15">
+        <v>0.83</v>
+      </c>
+      <c r="L17" s="15">
+        <v>0.83</v>
+      </c>
+      <c r="M17" s="15">
+        <v>0.82</v>
+      </c>
+      <c r="N17" s="15">
+        <v>0.79</v>
+      </c>
+      <c r="O17" s="15">
+        <v>0.81</v>
+      </c>
+      <c r="P17" s="15">
+        <v>0.83</v>
+      </c>
+      <c r="Q17" s="15">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="15">
-        <v>1.04</v>
+        <v>0.0</v>
       </c>
       <c r="C18" s="15">
-        <v>1.0</v>
+        <v>0.85</v>
       </c>
       <c r="D18" s="15">
+        <v>0.88</v>
+      </c>
+      <c r="E18" s="15">
+        <v>0.9</v>
+      </c>
+      <c r="F18" s="15">
+        <v>0.91</v>
+      </c>
+      <c r="G18" s="15">
+        <v>0.89</v>
+      </c>
+      <c r="H18" s="15">
+        <v>0.91</v>
+      </c>
+      <c r="I18" s="15">
+        <v>0.93</v>
+      </c>
+      <c r="J18" s="15">
+        <v>0.91</v>
+      </c>
+      <c r="K18" s="15">
+        <v>0.89</v>
+      </c>
+      <c r="L18" s="15">
+        <v>0.9</v>
+      </c>
+      <c r="M18" s="15">
+        <v>0.92</v>
+      </c>
+      <c r="N18" s="15">
+        <v>0.91</v>
+      </c>
+      <c r="O18" s="15">
+        <v>0.91</v>
+      </c>
+      <c r="P18" s="15">
+        <v>0.94</v>
+      </c>
+      <c r="Q18" s="15">
         <v>0.98</v>
       </c>
-      <c r="E18" s="15">
-[...48 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="15">
-        <v>0.85</v>
+        <v>0.0</v>
       </c>
       <c r="C19" s="15">
-        <v>0.88</v>
+        <v>0.73</v>
       </c>
       <c r="D19" s="15">
-        <v>0.9</v>
+        <v>0.74</v>
       </c>
       <c r="E19" s="15">
-        <v>0.91</v>
+        <v>0.74</v>
       </c>
       <c r="F19" s="15">
-        <v>0.89</v>
+        <v>0.75</v>
       </c>
       <c r="G19" s="15">
-        <v>0.91</v>
+        <v>0.74</v>
       </c>
       <c r="H19" s="15">
-        <v>0.93</v>
+        <v>0.75</v>
       </c>
       <c r="I19" s="15">
-        <v>0.91</v>
+        <v>0.77</v>
       </c>
       <c r="J19" s="15">
-        <v>0.89</v>
+        <v>0.57</v>
       </c>
       <c r="K19" s="15">
-        <v>0.9</v>
+        <v>0.56</v>
       </c>
       <c r="L19" s="15">
-        <v>0.92</v>
+        <v>0.54</v>
       </c>
       <c r="M19" s="15">
-        <v>0.91</v>
+        <v>0.54</v>
       </c>
       <c r="N19" s="15">
-        <v>0.91</v>
+        <v>0.56</v>
       </c>
       <c r="O19" s="15">
-        <v>0.94</v>
+        <v>0.54</v>
       </c>
       <c r="P19" s="15">
-        <v>0.98</v>
+        <v>0.56</v>
       </c>
       <c r="Q19" s="15">
-        <v>0.83</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:20">
+        <v>0.59</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="15">
-        <v>0.73</v>
+        <v>0.0</v>
       </c>
       <c r="C20" s="15">
-        <v>0.74</v>
+        <v>0.25</v>
       </c>
       <c r="D20" s="15">
-        <v>0.74</v>
+        <v>0.25</v>
       </c>
       <c r="E20" s="15">
-        <v>0.75</v>
+        <v>0.24</v>
       </c>
       <c r="F20" s="15">
-        <v>0.74</v>
+        <v>0.24</v>
       </c>
       <c r="G20" s="15">
-        <v>0.75</v>
+        <v>0.25</v>
       </c>
       <c r="H20" s="15">
-        <v>0.77</v>
+        <v>0.25</v>
       </c>
       <c r="I20" s="15">
-        <v>0.57</v>
+        <v>0.25</v>
       </c>
       <c r="J20" s="15">
-        <v>0.56</v>
+        <v>0.26</v>
       </c>
       <c r="K20" s="15">
-        <v>0.54</v>
+        <v>0.3</v>
       </c>
       <c r="L20" s="15">
-        <v>0.54</v>
+        <v>0.28</v>
       </c>
       <c r="M20" s="15">
-        <v>0.56</v>
+        <v>0.28</v>
       </c>
       <c r="N20" s="15">
-        <v>0.54</v>
+        <v>0.28</v>
       </c>
       <c r="O20" s="15">
-        <v>0.56</v>
+        <v>0.29</v>
       </c>
       <c r="P20" s="15">
-        <v>0.59</v>
+        <v>0.3</v>
       </c>
       <c r="Q20" s="15">
-        <v>0.55</v>
-[...11 lines deleted...]
-    <row r="21" spans="1:20">
+        <v>0.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="14" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="15">
-        <v>0.25</v>
+        <v>0.0</v>
       </c>
       <c r="C21" s="15">
-        <v>0.25</v>
+        <v>0.64</v>
       </c>
       <c r="D21" s="15">
-        <v>0.24</v>
+        <v>0.69</v>
       </c>
       <c r="E21" s="15">
-        <v>0.24</v>
+        <v>0.71</v>
       </c>
       <c r="F21" s="15">
-        <v>0.25</v>
+        <v>0.7</v>
       </c>
       <c r="G21" s="15">
-        <v>0.25</v>
+        <v>0.69</v>
       </c>
       <c r="H21" s="15">
-        <v>0.25</v>
+        <v>0.68</v>
       </c>
       <c r="I21" s="15">
-        <v>0.26</v>
+        <v>0.67</v>
       </c>
       <c r="J21" s="15">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="K21" s="15">
-        <v>0.28</v>
+        <v>0.64</v>
       </c>
       <c r="L21" s="15">
-        <v>0.28</v>
+        <v>0.63</v>
       </c>
       <c r="M21" s="15">
-        <v>0.28</v>
+        <v>0.63</v>
       </c>
       <c r="N21" s="15">
-        <v>0.29</v>
+        <v>0.6</v>
       </c>
       <c r="O21" s="15">
-        <v>0.3</v>
+        <v>0.61</v>
       </c>
       <c r="P21" s="15">
-        <v>0.32</v>
+        <v>0.66</v>
       </c>
       <c r="Q21" s="15">
-        <v>0.33</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:20">
+        <v>0.64</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="15">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="C22" s="15">
-        <v>0.69</v>
+        <v>0.54</v>
       </c>
       <c r="D22" s="15">
-        <v>0.71</v>
+        <v>0.56</v>
       </c>
       <c r="E22" s="15">
-        <v>0.7</v>
+        <v>0.57</v>
       </c>
       <c r="F22" s="15">
-        <v>0.69</v>
+        <v>0.58</v>
       </c>
       <c r="G22" s="15">
-        <v>0.68</v>
+        <v>0.56</v>
       </c>
       <c r="H22" s="15">
-        <v>0.67</v>
+        <v>0.56</v>
       </c>
       <c r="I22" s="15">
-        <v>0.7</v>
+        <v>0.59</v>
       </c>
       <c r="J22" s="15">
-        <v>0.64</v>
+        <v>0.52</v>
       </c>
       <c r="K22" s="15">
-        <v>0.63</v>
+        <v>0.53</v>
       </c>
       <c r="L22" s="15">
-        <v>0.63</v>
+        <v>0.54</v>
       </c>
       <c r="M22" s="15">
-        <v>0.6</v>
+        <v>0.55</v>
       </c>
       <c r="N22" s="15">
-        <v>0.61</v>
+        <v>0.54</v>
       </c>
       <c r="O22" s="15">
-        <v>0.66</v>
+        <v>0.54</v>
       </c>
       <c r="P22" s="15">
-        <v>0.64</v>
+        <v>0.56</v>
       </c>
       <c r="Q22" s="15">
-        <v>0.65</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:20">
+        <v>0.57</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="15">
-        <v>0.54</v>
+        <v>0.0</v>
       </c>
       <c r="C23" s="15">
-        <v>0.56</v>
+        <v>0.37</v>
       </c>
       <c r="D23" s="15">
-        <v>0.57</v>
+        <v>0.39</v>
       </c>
       <c r="E23" s="15">
-        <v>0.58</v>
+        <v>0.4</v>
       </c>
       <c r="F23" s="15">
-        <v>0.56</v>
+        <v>0.34</v>
       </c>
       <c r="G23" s="15">
-        <v>0.56</v>
+        <v>0.34</v>
       </c>
       <c r="H23" s="15">
-        <v>0.59</v>
+        <v>0.37</v>
       </c>
       <c r="I23" s="15">
-        <v>0.52</v>
+        <v>0.32</v>
       </c>
       <c r="J23" s="15">
-        <v>0.53</v>
+        <v>0.3</v>
       </c>
       <c r="K23" s="15">
-        <v>0.54</v>
+        <v>0.3</v>
       </c>
       <c r="L23" s="15">
-        <v>0.55</v>
+        <v>0.38</v>
       </c>
       <c r="M23" s="15">
-        <v>0.54</v>
+        <v>0.43</v>
       </c>
       <c r="N23" s="15">
-        <v>0.54</v>
+        <v>0.34</v>
       </c>
       <c r="O23" s="15">
-        <v>0.56</v>
+        <v>0.3</v>
       </c>
       <c r="P23" s="15">
-        <v>0.57</v>
+        <v>0.3</v>
       </c>
       <c r="Q23" s="15">
-        <v>0.56</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:20">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="15">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="C24" s="15">
-        <v>0.39</v>
+        <v>0.44</v>
       </c>
       <c r="D24" s="15">
+        <v>0.42</v>
+      </c>
+      <c r="E24" s="15">
+        <v>0.42</v>
+      </c>
+      <c r="F24" s="15">
+        <v>0.44</v>
+      </c>
+      <c r="G24" s="15">
+        <v>0.46</v>
+      </c>
+      <c r="H24" s="15">
+        <v>0.46</v>
+      </c>
+      <c r="I24" s="15">
+        <v>0.46</v>
+      </c>
+      <c r="J24" s="15">
+        <v>0.48</v>
+      </c>
+      <c r="K24" s="15">
+        <v>0.46</v>
+      </c>
+      <c r="L24" s="15">
+        <v>0.49</v>
+      </c>
+      <c r="M24" s="15">
         <v>0.4</v>
       </c>
-      <c r="E24" s="15">
-[...25 lines deleted...]
-      </c>
       <c r="N24" s="15">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="O24" s="15">
-        <v>0.3</v>
+        <v>0.41</v>
       </c>
       <c r="P24" s="15">
-        <v>0.31</v>
+        <v>0.42</v>
       </c>
       <c r="Q24" s="15">
-        <v>0.31</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:20">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17">
       <c r="A25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="15">
+        <v>0.0</v>
+      </c>
+      <c r="C25" s="15">
+        <v>0.4</v>
+      </c>
+      <c r="D25" s="15">
+        <v>0.41</v>
+      </c>
+      <c r="E25" s="15">
+        <v>0.41</v>
+      </c>
+      <c r="F25" s="15">
+        <v>0.42</v>
+      </c>
+      <c r="G25" s="15">
+        <v>0.42</v>
+      </c>
+      <c r="H25" s="15">
         <v>0.44</v>
       </c>
-      <c r="C25" s="15">
-[...16 lines deleted...]
-      </c>
       <c r="I25" s="15">
-        <v>0.48</v>
+        <v>0.43</v>
       </c>
       <c r="J25" s="15">
-        <v>0.46</v>
+        <v>0.45</v>
       </c>
       <c r="K25" s="15">
-        <v>0.49</v>
+        <v>0.4</v>
       </c>
       <c r="L25" s="15">
         <v>0.4</v>
       </c>
       <c r="M25" s="15">
-        <v>0.4</v>
+        <v>0.26</v>
       </c>
       <c r="N25" s="15">
-        <v>0.41</v>
+        <v>0.27</v>
       </c>
       <c r="O25" s="15">
-        <v>0.42</v>
+        <v>0.28</v>
       </c>
       <c r="P25" s="15">
-        <v>0.44</v>
+        <v>0.32</v>
       </c>
       <c r="Q25" s="15">
-        <v>0.46</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:20">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17">
       <c r="A26" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="15">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="C26" s="15">
         <v>0.41</v>
       </c>
       <c r="D26" s="15">
         <v>0.41</v>
       </c>
       <c r="E26" s="15">
+        <v>0.41</v>
+      </c>
+      <c r="F26" s="15">
+        <v>0.39</v>
+      </c>
+      <c r="G26" s="15">
         <v>0.42</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.44</v>
       </c>
       <c r="H26" s="15">
         <v>0.43</v>
       </c>
       <c r="I26" s="15">
+        <v>0.44</v>
+      </c>
+      <c r="J26" s="15">
+        <v>0.43</v>
+      </c>
+      <c r="K26" s="15">
+        <v>0.44</v>
+      </c>
+      <c r="L26" s="15">
+        <v>0.44</v>
+      </c>
+      <c r="M26" s="15">
         <v>0.45</v>
       </c>
-      <c r="J26" s="15">
+      <c r="N26" s="15">
+        <v>0.44</v>
+      </c>
+      <c r="O26" s="15">
         <v>0.4</v>
       </c>
-      <c r="K26" s="15">
-[...13 lines deleted...]
-      </c>
       <c r="P26" s="15">
-        <v>0.31</v>
+        <v>0.42</v>
       </c>
       <c r="Q26" s="15">
-        <v>0.33</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:20">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17">
       <c r="A27" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B27" s="15">
-        <v>0.41</v>
+        <v>0.0</v>
       </c>
       <c r="C27" s="15">
-        <v>0.41</v>
+        <v>0.0</v>
       </c>
       <c r="D27" s="15">
-        <v>0.41</v>
+        <v>0.0</v>
       </c>
       <c r="E27" s="15">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="F27" s="15">
-        <v>0.42</v>
+        <v>0.0</v>
       </c>
       <c r="G27" s="15">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="H27" s="15">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="I27" s="15">
-        <v>0.43</v>
+        <v>0.0</v>
       </c>
       <c r="J27" s="15">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="15">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="15">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="15">
-        <v>0.44</v>
+        <v>0.0</v>
       </c>
       <c r="N27" s="15">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="O27" s="15">
-        <v>0.42</v>
+        <v>0.0</v>
       </c>
       <c r="P27" s="15">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
       <c r="Q27" s="15">
-        <v>0.46</v>
-[...12 lines deleted...]
-      <c r="A28" s="14" t="s">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17">
+      <c r="A28" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="B28" s="15">
-[...79 lines deleted...]
-      <c r="T29" s="16"/>
+      <c r="B28" s="16"/>
+      <c r="C28" s="16"/>
+      <c r="D28" s="16"/>
+      <c r="E28" s="16"/>
+      <c r="F28" s="16"/>
+      <c r="G28" s="16"/>
+      <c r="H28" s="16"/>
+      <c r="I28" s="16"/>
+      <c r="J28" s="16"/>
+      <c r="K28" s="16"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="16"/>
+      <c r="O28" s="16"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">