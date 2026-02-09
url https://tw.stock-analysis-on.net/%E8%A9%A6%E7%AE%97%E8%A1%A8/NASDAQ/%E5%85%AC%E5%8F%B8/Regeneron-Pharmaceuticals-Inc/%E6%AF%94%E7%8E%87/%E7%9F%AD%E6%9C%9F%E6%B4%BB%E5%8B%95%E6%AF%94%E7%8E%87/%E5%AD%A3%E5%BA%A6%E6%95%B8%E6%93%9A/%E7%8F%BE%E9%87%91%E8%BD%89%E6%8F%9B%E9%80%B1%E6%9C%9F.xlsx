--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -548,990 +548,861 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T24"/>
+  <dimension ref="A1:Q24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T24" sqref="T24"/>
+      <selection activeCell="Q24" sqref="Q24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:20">
+    <row r="6" spans="1:17">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45930</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45838</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>45747</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>45657</v>
       </c>
-      <c r="F6" s="5">
+      <c r="G6" s="5">
         <v>45565</v>
       </c>
-      <c r="G6" s="5">
+      <c r="H6" s="5">
         <v>45473</v>
       </c>
-      <c r="H6" s="5">
+      <c r="I6" s="5">
         <v>45382</v>
       </c>
-      <c r="I6" s="5">
+      <c r="J6" s="5">
         <v>45291</v>
       </c>
-      <c r="J6" s="5">
+      <c r="K6" s="5">
         <v>45199</v>
       </c>
-      <c r="K6" s="5">
+      <c r="L6" s="5">
         <v>45107</v>
       </c>
-      <c r="L6" s="5">
+      <c r="M6" s="5">
         <v>45016</v>
       </c>
-      <c r="M6" s="5">
+      <c r="N6" s="5">
         <v>44926</v>
       </c>
-      <c r="N6" s="5">
+      <c r="O6" s="5">
         <v>44834</v>
       </c>
-      <c r="O6" s="5">
+      <c r="P6" s="5">
         <v>44742</v>
       </c>
-      <c r="P6" s="5">
+      <c r="Q6" s="5">
         <v>44651</v>
       </c>
-      <c r="Q6" s="5">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="8">
+        <v>556.0</v>
+      </c>
+      <c r="C8" s="8">
         <v>571.0</v>
       </c>
-      <c r="C8" s="8">
+      <c r="D8" s="8">
         <v>570.0</v>
       </c>
-      <c r="D8" s="8">
+      <c r="E8" s="8">
         <v>582.0</v>
       </c>
-      <c r="E8" s="8">
+      <c r="F8" s="8">
         <v>572.0</v>
       </c>
-      <c r="F8" s="8">
+      <c r="G8" s="8">
         <v>573.0</v>
       </c>
-      <c r="G8" s="8">
+      <c r="H8" s="8">
         <v>562.0</v>
       </c>
-      <c r="H8" s="8">
+      <c r="I8" s="8">
         <v>553.0</v>
       </c>
-      <c r="I8" s="8">
+      <c r="J8" s="8">
         <v>519.0</v>
       </c>
-      <c r="J8" s="8">
+      <c r="K8" s="8">
         <v>508.0</v>
       </c>
-      <c r="K8" s="8">
+      <c r="L8" s="8">
         <v>532.0</v>
       </c>
-      <c r="L8" s="8">
+      <c r="M8" s="8">
         <v>549.0</v>
       </c>
-      <c r="M8" s="8">
+      <c r="N8" s="8">
         <v>562.0</v>
       </c>
-      <c r="N8" s="8">
+      <c r="O8" s="8">
         <v>440.0</v>
       </c>
-      <c r="O8" s="8">
+      <c r="P8" s="8">
         <v>379.0</v>
       </c>
-      <c r="P8" s="8">
+      <c r="Q8" s="8">
         <v>287.0</v>
       </c>
-      <c r="Q8" s="8">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
         <v>146.0</v>
       </c>
       <c r="C9" s="8">
-        <v>144.0</v>
+        <v>146.0</v>
       </c>
       <c r="D9" s="8">
         <v>144.0</v>
       </c>
       <c r="E9" s="8">
+        <v>144.0</v>
+      </c>
+      <c r="F9" s="8">
         <v>160.0</v>
       </c>
-      <c r="F9" s="8">
+      <c r="G9" s="8">
         <v>161.0</v>
       </c>
-      <c r="G9" s="8">
+      <c r="H9" s="8">
         <v>155.0</v>
       </c>
-      <c r="H9" s="8">
+      <c r="I9" s="8">
         <v>146.0</v>
       </c>
-      <c r="I9" s="8">
+      <c r="J9" s="8">
         <v>158.0</v>
       </c>
-      <c r="J9" s="8">
+      <c r="K9" s="8">
         <v>156.0</v>
       </c>
-      <c r="K9" s="8">
+      <c r="L9" s="8">
         <v>148.0</v>
       </c>
-      <c r="L9" s="8">
+      <c r="M9" s="8">
         <v>151.0</v>
       </c>
-      <c r="M9" s="8">
+      <c r="N9" s="8">
         <v>160.0</v>
       </c>
-      <c r="N9" s="8">
+      <c r="O9" s="8">
         <v>148.0</v>
       </c>
-      <c r="O9" s="8">
+      <c r="P9" s="8">
         <v>132.0</v>
       </c>
-      <c r="P9" s="8">
+      <c r="Q9" s="8">
         <v>107.0</v>
       </c>
-      <c r="Q9" s="8">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8">
+        <v>163.0</v>
+      </c>
+      <c r="C10" s="8">
         <v>158.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>129.0</v>
       </c>
       <c r="D10" s="8">
         <v>129.0</v>
       </c>
       <c r="E10" s="8">
+        <v>129.0</v>
+      </c>
+      <c r="F10" s="8">
         <v>146.0</v>
       </c>
-      <c r="F10" s="8">
+      <c r="G10" s="8">
         <v>94.0</v>
       </c>
-      <c r="G10" s="8">
+      <c r="H10" s="8">
         <v>110.0</v>
       </c>
-      <c r="H10" s="8">
+      <c r="I10" s="8">
         <v>137.0</v>
       </c>
-      <c r="I10" s="8">
+      <c r="J10" s="8">
         <v>122.0</v>
       </c>
-      <c r="J10" s="8">
+      <c r="K10" s="8">
         <v>106.0</v>
       </c>
-      <c r="K10" s="8">
+      <c r="L10" s="8">
         <v>116.0</v>
       </c>
-      <c r="L10" s="8">
+      <c r="M10" s="8">
         <v>136.0</v>
       </c>
-      <c r="M10" s="8">
+      <c r="N10" s="8">
         <v>138.0</v>
       </c>
-      <c r="N10" s="8">
+      <c r="O10" s="8">
         <v>98.0</v>
       </c>
-      <c r="O10" s="8">
+      <c r="P10" s="8">
         <v>91.0</v>
       </c>
-      <c r="P10" s="8">
+      <c r="Q10" s="8">
         <v>68.0</v>
       </c>
-      <c r="Q10" s="8">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="9" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="10">
+        <v>539.0</v>
+      </c>
+      <c r="C12" s="10">
         <v>559.0</v>
       </c>
-      <c r="C12" s="10">
+      <c r="D12" s="10">
         <v>585.0</v>
       </c>
-      <c r="D12" s="10">
+      <c r="E12" s="10">
         <v>597.0</v>
       </c>
-      <c r="E12" s="10">
+      <c r="F12" s="10">
         <v>586.0</v>
       </c>
-      <c r="F12" s="10">
+      <c r="G12" s="10">
         <v>640.0</v>
       </c>
-      <c r="G12" s="10">
+      <c r="H12" s="10">
         <v>607.0</v>
       </c>
-      <c r="H12" s="10">
+      <c r="I12" s="10">
         <v>562.0</v>
       </c>
-      <c r="I12" s="10">
+      <c r="J12" s="10">
         <v>555.0</v>
       </c>
-      <c r="J12" s="10">
+      <c r="K12" s="10">
         <v>558.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>564.0</v>
       </c>
       <c r="L12" s="10">
         <v>564.0</v>
       </c>
       <c r="M12" s="10">
+        <v>564.0</v>
+      </c>
+      <c r="N12" s="10">
         <v>584.0</v>
       </c>
-      <c r="N12" s="10">
+      <c r="O12" s="10">
         <v>490.0</v>
       </c>
-      <c r="O12" s="10">
+      <c r="P12" s="10">
         <v>420.0</v>
       </c>
-      <c r="P12" s="10">
+      <c r="Q12" s="10">
         <v>326.0</v>
       </c>
-      <c r="Q12" s="10">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="8">
         <v>195.0</v>
       </c>
-      <c r="C15" s="8">
+      <c r="D15" s="8">
         <v>200.0</v>
       </c>
-      <c r="D15" s="8">
+      <c r="E15" s="8">
         <v>216.0</v>
       </c>
-      <c r="E15" s="8">
+      <c r="F15" s="8">
         <v>222.0</v>
       </c>
-      <c r="F15" s="8">
+      <c r="G15" s="8">
         <v>234.0</v>
       </c>
-      <c r="G15" s="8">
+      <c r="H15" s="8">
         <v>270.0</v>
       </c>
-      <c r="H15" s="8">
+      <c r="I15" s="8">
         <v>349.0</v>
       </c>
-      <c r="I15" s="8">
+      <c r="J15" s="8">
         <v>441.0</v>
       </c>
-      <c r="J15" s="8">
+      <c r="K15" s="8">
         <v>277.0</v>
       </c>
-      <c r="K15" s="8">
+      <c r="L15" s="8">
         <v>285.0</v>
       </c>
-      <c r="L15" s="8">
+      <c r="M15" s="8">
         <v>290.0</v>
       </c>
-      <c r="M15" s="8">
+      <c r="N15" s="8">
         <v>273.0</v>
       </c>
-      <c r="N15" s="8">
+      <c r="O15" s="8">
         <v>282.0</v>
       </c>
-      <c r="O15" s="8">
+      <c r="P15" s="8">
         <v>267.0</v>
       </c>
-      <c r="P15" s="8">
+      <c r="Q15" s="8">
         <v>245.0</v>
       </c>
-      <c r="Q15" s="8">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="8">
         <v>92.0</v>
       </c>
-      <c r="C16" s="8">
+      <c r="D16" s="8">
         <v>90.0</v>
       </c>
-      <c r="D16" s="8">
+      <c r="E16" s="8">
         <v>84.0</v>
       </c>
-      <c r="E16" s="8">
+      <c r="F16" s="8">
         <v>76.0</v>
       </c>
-      <c r="F16" s="8">
+      <c r="G16" s="8">
         <v>95.0</v>
       </c>
-      <c r="G16" s="8">
+      <c r="H16" s="8">
         <v>90.0</v>
       </c>
-      <c r="H16" s="8">
+      <c r="I16" s="8">
         <v>88.0</v>
       </c>
-      <c r="I16" s="8">
+      <c r="J16" s="8">
         <v>91.0</v>
       </c>
-      <c r="J16" s="8">
+      <c r="K16" s="8">
         <v>98.0</v>
       </c>
-      <c r="K16" s="8">
+      <c r="L16" s="8">
         <v>94.0</v>
       </c>
-      <c r="L16" s="8">
+      <c r="M16" s="8">
         <v>93.0</v>
       </c>
-      <c r="M16" s="8">
+      <c r="N16" s="8">
         <v>81.0</v>
       </c>
-      <c r="N16" s="8">
+      <c r="O16" s="8">
         <v>82.0</v>
       </c>
-      <c r="O16" s="8">
+      <c r="P16" s="8">
         <v>79.0</v>
       </c>
-      <c r="P16" s="8">
+      <c r="Q16" s="8">
         <v>75.0</v>
       </c>
-      <c r="Q16" s="8">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="8">
         <v>386.0</v>
       </c>
-      <c r="C17" s="8">
+      <c r="D17" s="8">
         <v>371.0</v>
       </c>
-      <c r="D17" s="8">
+      <c r="E17" s="8">
         <v>329.0</v>
       </c>
-      <c r="E17" s="8">
+      <c r="F17" s="8">
         <v>278.0</v>
       </c>
-      <c r="F17" s="8">
+      <c r="G17" s="8">
         <v>306.0</v>
       </c>
-      <c r="G17" s="8">
+      <c r="H17" s="8">
         <v>277.0</v>
       </c>
-      <c r="H17" s="8">
+      <c r="I17" s="8">
         <v>265.0</v>
       </c>
-      <c r="I17" s="8">
+      <c r="J17" s="8">
         <v>261.0</v>
       </c>
-      <c r="J17" s="8">
+      <c r="K17" s="8">
         <v>224.0</v>
       </c>
-      <c r="K17" s="8">
+      <c r="L17" s="8">
         <v>222.0</v>
       </c>
-      <c r="L17" s="8">
+      <c r="M17" s="8">
         <v>248.0</v>
       </c>
-      <c r="M17" s="8">
+      <c r="N17" s="8">
         <v>219.0</v>
       </c>
-      <c r="N17" s="8">
+      <c r="O17" s="8">
         <v>194.0</v>
       </c>
-      <c r="O17" s="8">
+      <c r="P17" s="8">
         <v>197.0</v>
       </c>
-      <c r="P17" s="8">
+      <c r="Q17" s="8">
         <v>198.0</v>
       </c>
-      <c r="Q17" s="8">
-[...12 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="8">
         <v>122.0</v>
       </c>
-      <c r="C18" s="8">
+      <c r="D18" s="8">
         <v>135.0</v>
       </c>
-      <c r="D18" s="8">
+      <c r="E18" s="8">
         <v>116.0</v>
       </c>
-      <c r="E18" s="8">
+      <c r="F18" s="8">
         <v>107.0</v>
       </c>
-      <c r="F18" s="8">
+      <c r="G18" s="8">
         <v>111.0</v>
       </c>
-      <c r="G18" s="8">
+      <c r="H18" s="8">
         <v>143.0</v>
       </c>
-      <c r="H18" s="8">
+      <c r="I18" s="8">
         <v>130.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>132.0</v>
       </c>
       <c r="J18" s="8">
         <v>132.0</v>
       </c>
       <c r="K18" s="8">
+        <v>132.0</v>
+      </c>
+      <c r="L18" s="8">
         <v>123.0</v>
       </c>
-      <c r="L18" s="8">
+      <c r="M18" s="8">
         <v>118.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>104.0</v>
       </c>
       <c r="N18" s="8">
         <v>104.0</v>
       </c>
       <c r="O18" s="8">
+        <v>104.0</v>
+      </c>
+      <c r="P18" s="8">
         <v>105.0</v>
       </c>
-      <c r="P18" s="8">
+      <c r="Q18" s="8">
         <v>100.0</v>
       </c>
-      <c r="Q18" s="8">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C19" s="8">
         <v>127.0</v>
       </c>
-      <c r="C19" s="8">
+      <c r="D19" s="8">
         <v>121.0</v>
       </c>
-      <c r="D19" s="8">
+      <c r="E19" s="8">
         <v>105.0</v>
       </c>
-      <c r="E19" s="8">
+      <c r="F19" s="8">
         <v>89.0</v>
       </c>
-      <c r="F19" s="8">
+      <c r="G19" s="8">
         <v>116.0</v>
       </c>
-      <c r="G19" s="8">
+      <c r="H19" s="8">
         <v>112.0</v>
       </c>
-      <c r="H19" s="8">
+      <c r="I19" s="8">
         <v>109.0</v>
       </c>
-      <c r="I19" s="8">
+      <c r="J19" s="8">
         <v>86.0</v>
       </c>
-      <c r="J19" s="8">
+      <c r="K19" s="8">
         <v>100.0</v>
       </c>
-      <c r="K19" s="8">
+      <c r="L19" s="8">
         <v>99.0</v>
       </c>
-      <c r="L19" s="8">
+      <c r="M19" s="8">
         <v>100.0</v>
       </c>
-      <c r="M19" s="8">
+      <c r="N19" s="8">
         <v>72.0</v>
       </c>
-      <c r="N19" s="8">
+      <c r="O19" s="8">
         <v>78.0</v>
       </c>
-      <c r="O19" s="8">
+      <c r="P19" s="8">
         <v>82.0</v>
       </c>
-      <c r="P19" s="8">
+      <c r="Q19" s="8">
         <v>80.0</v>
       </c>
-      <c r="Q19" s="8">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="8">
         <v>126.0</v>
       </c>
-      <c r="C20" s="8">
+      <c r="D20" s="8">
         <v>135.0</v>
       </c>
-      <c r="D20" s="8">
+      <c r="E20" s="8">
         <v>120.0</v>
       </c>
-      <c r="E20" s="8">
+      <c r="F20" s="8">
         <v>107.0</v>
       </c>
-      <c r="F20" s="8">
+      <c r="G20" s="8">
         <v>129.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>138.0</v>
       </c>
       <c r="H20" s="8">
         <v>138.0</v>
       </c>
       <c r="I20" s="8">
+        <v>138.0</v>
+      </c>
+      <c r="J20" s="8">
         <v>118.0</v>
       </c>
-      <c r="J20" s="8">
+      <c r="K20" s="8">
         <v>123.0</v>
       </c>
-      <c r="K20" s="8">
+      <c r="L20" s="8">
         <v>126.0</v>
       </c>
-      <c r="L20" s="8">
+      <c r="M20" s="8">
         <v>116.0</v>
       </c>
-      <c r="M20" s="8">
+      <c r="N20" s="8">
         <v>93.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>106.0</v>
       </c>
       <c r="O20" s="8">
         <v>106.0</v>
       </c>
       <c r="P20" s="8">
+        <v>106.0</v>
+      </c>
+      <c r="Q20" s="8">
         <v>113.0</v>
       </c>
-      <c r="Q20" s="8">
-[...12 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="8">
         <v>224.0</v>
       </c>
-      <c r="C21" s="8">
+      <c r="D21" s="8">
         <v>202.0</v>
       </c>
-      <c r="D21" s="8">
+      <c r="E21" s="8">
         <v>188.0</v>
       </c>
-      <c r="E21" s="8">
+      <c r="F21" s="8">
         <v>173.0</v>
       </c>
-      <c r="F21" s="8">
+      <c r="G21" s="8">
         <v>207.0</v>
       </c>
-      <c r="G21" s="8">
+      <c r="H21" s="8">
         <v>173.0</v>
       </c>
-      <c r="H21" s="8">
+      <c r="I21" s="8">
         <v>155.0</v>
       </c>
-      <c r="I21" s="8">
+      <c r="J21" s="8">
         <v>120.0</v>
       </c>
-      <c r="J21" s="8">
+      <c r="K21" s="8">
         <v>124.0</v>
       </c>
-      <c r="K21" s="8">
+      <c r="L21" s="8">
         <v>113.0</v>
       </c>
-      <c r="L21" s="8">
+      <c r="M21" s="8">
         <v>91.0</v>
       </c>
-      <c r="M21" s="8">
+      <c r="N21" s="8">
         <v>63.0</v>
       </c>
-      <c r="N21" s="8">
+      <c r="O21" s="8">
         <v>94.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>96.0</v>
       </c>
       <c r="P21" s="8">
         <v>96.0</v>
       </c>
       <c r="Q21" s="8">
-        <v>93.0</v>
-[...11 lines deleted...]
-    <row r="22" spans="1:20">
+        <v>96.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="8">
         <v>112.0</v>
       </c>
-      <c r="C22" s="8">
+      <c r="D22" s="8">
         <v>110.0</v>
       </c>
-      <c r="D22" s="8">
+      <c r="E22" s="8">
         <v>104.0</v>
       </c>
-      <c r="E22" s="8">
+      <c r="F22" s="8">
         <v>97.0</v>
       </c>
-      <c r="F22" s="8">
+      <c r="G22" s="8">
         <v>112.0</v>
       </c>
-      <c r="G22" s="8">
+      <c r="H22" s="8">
         <v>107.0</v>
       </c>
-      <c r="H22" s="8">
+      <c r="I22" s="8">
         <v>105.0</v>
       </c>
-      <c r="I22" s="8">
+      <c r="J22" s="8">
         <v>101.0</v>
       </c>
-      <c r="J22" s="8">
+      <c r="K22" s="8">
         <v>111.0</v>
       </c>
-      <c r="K22" s="8">
+      <c r="L22" s="8">
         <v>112.0</v>
       </c>
-      <c r="L22" s="8">
+      <c r="M22" s="8">
         <v>106.0</v>
       </c>
-      <c r="M22" s="8">
+      <c r="N22" s="8">
         <v>97.0</v>
       </c>
-      <c r="N22" s="8">
+      <c r="O22" s="8">
         <v>111.0</v>
       </c>
-      <c r="O22" s="8">
+      <c r="P22" s="8">
         <v>116.0</v>
       </c>
-      <c r="P22" s="8">
+      <c r="Q22" s="8">
         <v>118.0</v>
       </c>
-      <c r="Q22" s="8">
-[...12 lines deleted...]
-    <row r="23" spans="1:20">
+    </row>
+    <row r="23" spans="1:17">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="8">
         <v>335.0</v>
       </c>
-      <c r="C23" s="8">
+      <c r="D23" s="8">
         <v>304.0</v>
       </c>
-      <c r="D23" s="8">
+      <c r="E23" s="8">
         <v>274.0</v>
       </c>
-      <c r="E23" s="8">
+      <c r="F23" s="8">
         <v>242.0</v>
       </c>
-      <c r="F23" s="8">
+      <c r="G23" s="8">
         <v>229.0</v>
       </c>
-      <c r="G23" s="8">
+      <c r="H23" s="8">
         <v>211.0</v>
       </c>
-      <c r="H23" s="8">
+      <c r="I23" s="8">
         <v>190.0</v>
       </c>
-      <c r="I23" s="8">
+      <c r="J23" s="8">
         <v>166.0</v>
       </c>
-      <c r="J23" s="8">
+      <c r="K23" s="8">
         <v>154.0</v>
       </c>
-      <c r="K23" s="8">
+      <c r="L23" s="8">
         <v>137.0</v>
       </c>
-      <c r="L23" s="8">
+      <c r="M23" s="8">
         <v>131.0</v>
       </c>
-      <c r="M23" s="8">
+      <c r="N23" s="8">
         <v>112.0</v>
       </c>
-      <c r="N23" s="8">
+      <c r="O23" s="8">
         <v>150.0</v>
       </c>
-      <c r="O23" s="8">
+      <c r="P23" s="8">
         <v>120.0</v>
       </c>
-      <c r="P23" s="8">
+      <c r="Q23" s="8">
         <v>122.0</v>
       </c>
-      <c r="Q23" s="8">
-[...12 lines deleted...]
-    <row r="24" spans="1:20">
+    </row>
+    <row r="24" spans="1:17">
       <c r="A24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13"/>
       <c r="C24" s="13"/>
       <c r="D24" s="13"/>
       <c r="E24" s="13"/>
       <c r="F24" s="13"/>
       <c r="G24" s="13"/>
       <c r="H24" s="13"/>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="13"/>
       <c r="L24" s="13"/>
       <c r="M24" s="13"/>
       <c r="N24" s="13"/>
       <c r="O24" s="13"/>
       <c r="P24" s="13"/>
       <c r="Q24" s="13"/>
-      <c r="R24" s="13"/>
-[...1 lines deleted...]
-      <c r="T24" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">