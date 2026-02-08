--- v0 (2025-12-13)
+++ v1 (2026-02-08)
@@ -961,132 +961,132 @@
       <c r="E21" s="11">
         <v>1.7436</v>
       </c>
       <c r="F21" s="11">
         <v>2.6882</v>
       </c>
       <c r="G21" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="34.8">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="14">
-        <v>0.0</v>
+        <v>0.3221</v>
       </c>
       <c r="C24" s="14">
         <v>0.2692</v>
       </c>
       <c r="D24" s="14">
         <v>0.1724</v>
       </c>
       <c r="E24" s="14">
         <v>0.2143</v>
       </c>
       <c r="F24" s="14">
-        <v>0.2286</v>
+        <v>0.0</v>
       </c>
       <c r="G24" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="14">
-        <v>0.0</v>
+        <v>0.0482</v>
       </c>
       <c r="C25" s="14">
         <v>0.021</v>
       </c>
       <c r="D25" s="14">
         <v>0.0129</v>
       </c>
       <c r="E25" s="14">
         <v>-0.0676</v>
       </c>
       <c r="F25" s="14">
-        <v>-0.0048</v>
+        <v>0.0</v>
       </c>
       <c r="G25" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B26" s="14">
-        <v>0.0</v>
+        <v>0.3711</v>
       </c>
       <c r="C26" s="14">
         <v>0.2282</v>
       </c>
       <c r="D26" s="14">
         <v>0.1112</v>
       </c>
       <c r="E26" s="14">
         <v>0.2095</v>
       </c>
       <c r="F26" s="14">
-        <v>0.1469</v>
+        <v>0.0</v>
       </c>
       <c r="G26" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B27" s="14">
-        <v>0.0</v>
+        <v>0.0406</v>
       </c>
       <c r="C27" s="14">
         <v>0.0936</v>
       </c>
       <c r="D27" s="14">
         <v>-0.0378</v>
       </c>
       <c r="E27" s="14">
         <v>0.1421</v>
       </c>
       <c r="F27" s="14">
-        <v>0.2724</v>
+        <v>0.0</v>
       </c>
       <c r="G27" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B28" s="14">
         <v>0.0</v>
       </c>
       <c r="C28" s="14">
         <v>0.2691</v>
       </c>
       <c r="D28" s="14">
         <v>0.1586</v>
       </c>
       <c r="E28" s="14">
         <v>0.162</v>
       </c>
       <c r="F28" s="14">
         <v>0.3747</v>
       </c>
       <c r="G28" s="14">
@@ -1116,79 +1116,79 @@
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="28.8">
       <c r="A30" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B31" s="14">
         <v>0.0</v>
       </c>
       <c r="C31" s="14">
         <v>0.1342</v>
       </c>
       <c r="D31" s="14">
         <v>0.0682</v>
       </c>
       <c r="E31" s="14">
         <v>0.0778</v>
       </c>
       <c r="F31" s="14">
-        <v>0.0833</v>
+        <v>2.0</v>
       </c>
       <c r="G31" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="28.8">
       <c r="A32" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B33" s="14">
         <v>0.0</v>
       </c>
       <c r="C33" s="14">
         <v>0.0615</v>
       </c>
       <c r="D33" s="14">
         <v>0.0426</v>
       </c>
       <c r="E33" s="14">
         <v>-0.0376</v>
       </c>
       <c r="F33" s="14">
-        <v>0.1024</v>
+        <v>2.0</v>
       </c>
       <c r="G33" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="15"/>
       <c r="C34" s="15"/>
       <c r="D34" s="15"/>
       <c r="E34" s="15"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
@@ -1355,132 +1355,132 @@
       <c r="E11" s="11">
         <v>0.0434</v>
       </c>
       <c r="F11" s="11">
         <v>18.4227</v>
       </c>
       <c r="G11" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="14">
-        <v>0.0</v>
+        <v>0.3001</v>
       </c>
       <c r="C14" s="14">
         <v>0.0942</v>
       </c>
       <c r="D14" s="14">
         <v>-0.0052</v>
       </c>
       <c r="E14" s="14">
         <v>-0.079</v>
       </c>
       <c r="F14" s="14">
-        <v>0.1748</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="14">
-        <v>0.0</v>
+        <v>0.0138</v>
       </c>
       <c r="C15" s="14">
         <v>0.0238</v>
       </c>
       <c r="D15" s="14">
         <v>-0.0344</v>
       </c>
       <c r="E15" s="14">
         <v>-0.0388</v>
       </c>
       <c r="F15" s="14">
-        <v>-0.0083</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="14">
-        <v>0.0</v>
+        <v>0.2828</v>
       </c>
       <c r="C16" s="14">
         <v>0.1508</v>
       </c>
       <c r="D16" s="14">
         <v>-0.0743</v>
       </c>
       <c r="E16" s="14">
         <v>0.0196</v>
       </c>
       <c r="F16" s="14">
-        <v>-0.1489</v>
+        <v>0.0</v>
       </c>
       <c r="G16" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="14">
-        <v>0.0</v>
+        <v>-0.0067</v>
       </c>
       <c r="C17" s="14">
         <v>0.1203</v>
       </c>
       <c r="D17" s="14">
         <v>-0.0844</v>
       </c>
       <c r="E17" s="14">
         <v>0.1673</v>
       </c>
       <c r="F17" s="14">
-        <v>0.2732</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B18" s="14">
         <v>0.0</v>
       </c>
       <c r="C18" s="14">
         <v>-0.2085</v>
       </c>
       <c r="D18" s="14">
         <v>-0.4293</v>
       </c>
       <c r="E18" s="14">
         <v>-0.3087</v>
       </c>
       <c r="F18" s="14">
         <v>-0.3072</v>
       </c>
       <c r="G18" s="14">
@@ -1510,79 +1510,79 @@
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="28.8">
       <c r="A20" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="14">
         <v>0.0</v>
       </c>
       <c r="C21" s="14">
         <v>0.0638</v>
       </c>
       <c r="D21" s="14">
         <v>-0.0321</v>
       </c>
       <c r="E21" s="14">
         <v>-0.0172</v>
       </c>
       <c r="F21" s="14">
-        <v>0.0246</v>
+        <v>0.0473</v>
       </c>
       <c r="G21" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="14">
         <v>0.0</v>
       </c>
       <c r="C23" s="14">
         <v>0.0236</v>
       </c>
       <c r="D23" s="14">
         <v>-0.0249</v>
       </c>
       <c r="E23" s="14">
         <v>-0.0132</v>
       </c>
       <c r="F23" s="14">
-        <v>0.0677</v>
+        <v>0.1288</v>
       </c>
       <c r="G23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">