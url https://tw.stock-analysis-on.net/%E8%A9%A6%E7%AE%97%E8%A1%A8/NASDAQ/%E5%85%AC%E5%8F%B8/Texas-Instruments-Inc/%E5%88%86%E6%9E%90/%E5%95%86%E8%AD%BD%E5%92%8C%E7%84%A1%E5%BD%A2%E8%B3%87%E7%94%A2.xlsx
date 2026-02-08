--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1,205 +1,231 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="財務數據調整" sheetId="1" r:id="rId4"/>
     <sheet name="調整后財務比率" sheetId="2" r:id="rId5"/>
-    <sheet name="總資產周轉率 （經調整）" sheetId="3" r:id="rId6"/>
-[...2 lines deleted...]
-    <sheet name="資產回報率 （調整后）" sheetId="6" r:id="rId9"/>
+    <sheet name="淨利率比率（調整后）" sheetId="3" r:id="rId6"/>
+    <sheet name="總資產周轉率 （經調整）" sheetId="4" r:id="rId7"/>
+    <sheet name="財務槓桿比率（調整后）" sheetId="5" r:id="rId8"/>
+    <sheet name="股東權益回報率（調整后）" sheetId="6" r:id="rId9"/>
+    <sheet name="資產回報率 （調整后）" sheetId="7" r:id="rId10"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>對財務報表的調整： 從資產負債表中去除商譽</t>
   </si>
   <si>
     <t>百萬美元</t>
   </si>
   <si>
     <t>總資產調整</t>
   </si>
   <si>
     <t>總資產 （調整前）</t>
   </si>
   <si>
     <t>少： 善意</t>
   </si>
   <si>
     <t>總資產 （調整后）</t>
   </si>
   <si>
     <t>股東權益調整</t>
   </si>
   <si>
     <t>股東權益（調整前）</t>
   </si>
   <si>
     <t>股東權益（調整后）</t>
   </si>
   <si>
+    <t>淨收入調整</t>
+  </si>
+  <si>
+    <t>淨利潤（調整前）</t>
+  </si>
+  <si>
+    <t>更多： 商譽減值</t>
+  </si>
+  <si>
+    <t>淨利潤（調整后）</t>
+  </si>
+  <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
   <si>
     <t>調整后的財務比率： 從資產負債表中去除商譽</t>
   </si>
   <si>
+    <t>淨獲利率</t>
+  </si>
+  <si>
+    <t>淨利率比率（未經調整）</t>
+  </si>
+  <si>
+    <t>淨利率比率（調整后）</t>
+  </si>
+  <si>
     <t>總資產周轉率</t>
   </si>
   <si>
     <t>總資產周轉率 （未經調整）</t>
   </si>
   <si>
     <t>總資產周轉率 （經調整）</t>
   </si>
   <si>
     <t>財務槓桿比率</t>
   </si>
   <si>
     <t>財務槓桿比率（未經調整）</t>
   </si>
   <si>
     <t>財務槓桿比率（調整后）</t>
   </si>
   <si>
     <t>股東權益回報率 （ROE）</t>
   </si>
   <si>
     <t>股東權益回報率（未經調整）</t>
   </si>
   <si>
     <t>股東權益回報率（調整后）</t>
   </si>
   <si>
     <t>資產回報率 （ROA）</t>
   </si>
   <si>
     <t>資產回報率 （未經調整）</t>
   </si>
   <si>
     <t>資產回報率 （調整后）</t>
   </si>
   <si>
     <t>調整前</t>
   </si>
   <si>
     <t>選定的財務數據 (百萬美元)</t>
   </si>
   <si>
+    <t>淨收入</t>
+  </si>
+  <si>
     <t>收入</t>
   </si>
   <si>
+    <t>盈利能力比率</t>
+  </si>
+  <si>
+    <t>調整後： 從資產負債表中去除商譽</t>
+  </si>
+  <si>
+    <t>調整后凈收入</t>
+  </si>
+  <si>
     <t>總資產</t>
   </si>
   <si>
     <t>活性比率</t>
   </si>
   <si>
-    <t>調整後： 從資產負債表中去除商譽</t>
-[...1 lines deleted...]
-  <si>
     <t>調整后總資產</t>
   </si>
   <si>
     <t>股東權益</t>
   </si>
   <si>
     <t>償付能力比率</t>
   </si>
   <si>
     <t>調整后的股東權益</t>
   </si>
   <si>
     <t>股東權益回報率 （ROE） （調整後）</t>
-  </si>
-[...4 lines deleted...]
-    <t>盈利能力比率</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>資產回報率 （ROA） （經調整）</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
-    <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
-    <numFmt numFmtId="167" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
+    <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
+    <numFmt numFmtId="167" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -338,51 +364,51 @@
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -650,102 +676,106 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -834,1196 +864,1523 @@
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="16" spans="1:6">
-      <c r="A16" s="11" t="s">
+    <row r="16" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A16" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B16" s="11"/>
-[...3 lines deleted...]
-      <c r="F16" s="11"/>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" s="11"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F19"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F19" sqref="F19"/>
+      <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="7" t="s">
-        <v>17</v>
-[...13 lines deleted...]
-      <c r="F11" s="12" t="e">
+        <v>21</v>
+      </c>
+      <c r="B11" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C11" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="7" t="s">
-        <v>18</v>
-[...13 lines deleted...]
-      <c r="F12" s="12" t="e">
+        <v>22</v>
+      </c>
+      <c r="B12" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B14" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="7" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B15" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="13" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
       <c r="A16" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="7" t="s">
-        <v>23</v>
-[...13 lines deleted...]
-      <c r="F17" s="13" t="e">
+        <v>27</v>
+      </c>
+      <c r="B17" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="7" t="s">
-        <v>24</v>
-[...25 lines deleted...]
-      <c r="F19" s="11"/>
+        <v>28</v>
+      </c>
+      <c r="B18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A19" s="6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="15" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B12" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="15" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="14" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
-        <v>16</v>
-[...13 lines deleted...]
-      <c r="F12" s="17" t="e">
+        <v>20</v>
+      </c>
+      <c r="B12" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="18" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="15" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
-        <v>18</v>
-[...13 lines deleted...]
-      <c r="F18" s="17" t="e">
+        <v>22</v>
+      </c>
+      <c r="B18" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="18" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="18" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="15" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="14" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="B12" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="18" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="15" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B18" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="18" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="18" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="15" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="14" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
-        <v>40</v>
-[...13 lines deleted...]
-      <c r="F12" s="18" t="e">
+        <v>46</v>
+      </c>
+      <c r="B12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="6" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="15" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="14" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
-        <v>24</v>
-[...13 lines deleted...]
-      <c r="F18" s="18" t="e">
+        <v>28</v>
+      </c>
+      <c r="B18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>11</v>
+        <v>15</v>
+      </c>
+      <c r="B19" s="11"/>
+      <c r="C19" s="11"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="11"/>
+    </row>
+  </sheetData>
+  <printOptions gridLines="false" gridLinesSet="true"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+  </sheetPr>
+  <dimension ref="A1:F19"/>
+  <sheetViews>
+    <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
+      <selection activeCell="F19" sqref="F19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col min="1" max="1" width="60" customWidth="true" style="0"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="E6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="F6" s="5">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A7" s="6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A8" s="14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F9" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="14" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A14" s="14" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="8" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A17" s="14" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="B18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="17" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="11" t="s">
+        <v>15</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>財務數據調整</vt:lpstr>
       <vt:lpstr>調整后財務比率</vt:lpstr>
+      <vt:lpstr>淨利率比率（調整后）</vt:lpstr>
       <vt:lpstr>總資產周轉率 （經調整）</vt:lpstr>
       <vt:lpstr>財務槓桿比率（調整后）</vt:lpstr>
       <vt:lpstr>股東權益回報率（調整后）</vt:lpstr>
       <vt:lpstr>資產回報率 （調整后）</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stock Analysis on Net</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>