--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -527,309 +527,309 @@
   </sheetPr>
   <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="6">
+        <v>0.3864</v>
+      </c>
+      <c r="C5" s="6">
         <v>0.3789</v>
       </c>
-      <c r="C5" s="6">
+      <c r="D5" s="6">
         <v>0.4464</v>
       </c>
-      <c r="D5" s="6">
+      <c r="E5" s="6">
         <v>0.5442</v>
       </c>
-      <c r="E5" s="6">
+      <c r="F5" s="6">
         <v>0.5262</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4512</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="6">
+        <v>0.1127</v>
+      </c>
+      <c r="C6" s="6">
         <v>0.139</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>0.2993</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>0.3842</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>0.385</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2891</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="3"/>
       <c r="B13" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C13" s="4">
         <v>45657</v>
       </c>
-      <c r="C13" s="4">
+      <c r="D13" s="4">
         <v>45291</v>
       </c>
-      <c r="D13" s="4">
+      <c r="E13" s="4">
         <v>44926</v>
       </c>
-      <c r="E13" s="4">
+      <c r="F13" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="10">
+        <v>5412.0</v>
+      </c>
+      <c r="C15" s="10">
         <v>4608.0</v>
       </c>
-      <c r="C15" s="10">
+      <c r="D15" s="10">
         <v>5821.0</v>
       </c>
-      <c r="D15" s="10">
+      <c r="E15" s="10">
         <v>8359.0</v>
       </c>
-      <c r="E15" s="10">
+      <c r="F15" s="10">
         <v>7393.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>4912.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="10">
+        <v>14006.0</v>
+      </c>
+      <c r="C16" s="10">
         <v>12161.0</v>
       </c>
-      <c r="C16" s="10">
+      <c r="D16" s="10">
         <v>13040.0</v>
       </c>
-      <c r="D16" s="10">
+      <c r="E16" s="10">
         <v>15359.0</v>
       </c>
-      <c r="E16" s="10">
+      <c r="F16" s="10">
         <v>14050.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>10886.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="34.8">
       <c r="A17" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="12">
+        <v>0.3864</v>
+      </c>
+      <c r="C18" s="12">
         <v>0.3789</v>
       </c>
-      <c r="C18" s="12">
+      <c r="D18" s="12">
         <v>0.4464</v>
       </c>
-      <c r="D18" s="12">
+      <c r="E18" s="12">
         <v>0.5442</v>
       </c>
-      <c r="E18" s="12">
+      <c r="F18" s="12">
         <v>0.5262</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.4512</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="3"/>
       <c r="B25" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C25" s="4">
         <v>45657</v>
       </c>
-      <c r="C25" s="4">
+      <c r="D25" s="4">
         <v>45291</v>
       </c>
-      <c r="D25" s="4">
+      <c r="E25" s="4">
         <v>44926</v>
       </c>
-      <c r="E25" s="4">
+      <c r="F25" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="34.8">
       <c r="A26" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="10">
+        <v>304.0</v>
+      </c>
+      <c r="C27" s="10">
         <v>352.0</v>
       </c>
-      <c r="C27" s="10">
+      <c r="D27" s="10">
         <v>1008.0</v>
       </c>
-      <c r="D27" s="10">
+      <c r="E27" s="10">
         <v>1253.0</v>
       </c>
-      <c r="E27" s="10">
+      <c r="F27" s="10">
         <v>1174.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>743.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="10">
+        <v>2697.0</v>
+      </c>
+      <c r="C28" s="10">
         <v>2533.0</v>
       </c>
-      <c r="C28" s="10">
+      <c r="D28" s="10">
         <v>3368.0</v>
       </c>
-      <c r="D28" s="10">
+      <c r="E28" s="10">
         <v>3261.0</v>
       </c>
-      <c r="E28" s="10">
+      <c r="F28" s="10">
         <v>3049.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2570.0</v>
       </c>
     </row>
     <row r="29" spans="1:6" customHeight="1" ht="34.8">
       <c r="A29" s="8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="12">
+        <v>0.1127</v>
+      </c>
+      <c r="C30" s="12">
         <v>0.139</v>
       </c>
-      <c r="C30" s="12">
+      <c r="D30" s="12">
         <v>0.2993</v>
       </c>
-      <c r="D30" s="12">
+      <c r="E30" s="12">
         <v>0.3842</v>
       </c>
-      <c r="E30" s="12">
+      <c r="F30" s="12">
         <v>0.385</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2891</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>