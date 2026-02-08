--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,89 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="綜合收益" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Texas Instruments Inc.</t>
   </si>
   <si>
     <t>綜合綜合收益表</t>
   </si>
   <si>
     <t>百萬美元</t>
   </si>
   <si>
     <t>已結束 12 個月</t>
   </si>
   <si>
     <t>淨收入</t>
   </si>
   <si>
-    <t>調整，稅後</t>
-[...2 lines deleted...]
-    <t>在凈收入中確認，扣除稅後</t>
+    <t>調整</t>
+  </si>
+  <si>
+    <t>計入淨收入</t>
   </si>
   <si>
     <t>固定收益計劃的凈精算收益（損失）</t>
   </si>
   <si>
     <t>固定收益計劃的先前服務成本（積分）</t>
   </si>
   <si>
-    <t>公允價值變動，不含稅</t>
-[...8 lines deleted...]
-    <t>可供出售的投資</t>
+    <t>待售投資及其他</t>
   </si>
   <si>
     <t>其他綜合收益（虧損）（稅項稅後）</t>
   </si>
   <si>
     <t>綜合收益</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -505,345 +496,325 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>5001.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>4799.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>6510.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>8749.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>7769.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5595.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>59.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>53.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>27.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>-155.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>175.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-41.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>10.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>15.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>61.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>29.0</v>
       </c>
       <c r="F8" s="6">
         <v>29.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9">
+        <v>73.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>63.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>42.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>-94.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>204.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-12.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B10" s="6">
+        <v>-18.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="6">
+      <c r="B11" s="6">
         <v>1.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="C11" s="6">
         <v>1.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D11" s="6">
+        <v>1.0</v>
+      </c>
+      <c r="E11" s="6">
         <v>-1.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F11" s="6">
         <v>-1.0</v>
       </c>
-      <c r="F10" s="6">
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" s="9">
+        <v>-17.0</v>
+      </c>
+      <c r="C12" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>1.0</v>
+      </c>
+      <c r="E12" s="9">
         <v>-1.0</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B11" s="9">
+      <c r="F12" s="9">
+        <v>-1.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="6">
+        <v>-1.0</v>
+      </c>
+      <c r="C13" s="6">
         <v>1.0</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D13" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>-2.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="9">
+        <v>-1.0</v>
+      </c>
+      <c r="C14" s="9">
         <v>1.0</v>
       </c>
-      <c r="D11" s="9">
-[...22 lines deleted...]
-      <c r="E12" s="6">
+      <c r="D14" s="9">
+        <v>6.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>-2.0</v>
+      </c>
+      <c r="F14" s="9">
         <v>0.0</v>
       </c>
-      <c r="F12" s="6">
-[...4 lines deleted...]
-      <c r="A13" s="8" t="s">
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="9">
-[...16 lines deleted...]
-      <c r="A14" s="7" t="s">
+      <c r="B15" s="9">
+        <v>55.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>65.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>49.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>-97.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>203.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="6">
-[...16 lines deleted...]
-      <c r="A15" s="8" t="s">
+      <c r="B16" s="9">
+        <v>5056.0</v>
+      </c>
+      <c r="C16" s="9">
+        <v>4864.0</v>
+      </c>
+      <c r="D16" s="9">
+        <v>6559.0</v>
+      </c>
+      <c r="E16" s="9">
+        <v>8652.0</v>
+      </c>
+      <c r="F16" s="9">
+        <v>7972.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="9">
-[...63 lines deleted...]
-      <c r="F18" s="12"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="12"/>
+      <c r="D17" s="12"/>
+      <c r="E17" s="12"/>
+      <c r="F17" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">