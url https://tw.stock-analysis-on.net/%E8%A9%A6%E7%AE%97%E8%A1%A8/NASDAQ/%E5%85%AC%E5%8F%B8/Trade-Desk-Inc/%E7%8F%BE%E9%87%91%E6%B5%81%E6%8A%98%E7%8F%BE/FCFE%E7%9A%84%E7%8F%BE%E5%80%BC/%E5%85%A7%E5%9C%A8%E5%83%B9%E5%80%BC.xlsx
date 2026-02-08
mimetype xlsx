--- v0 (2025-11-11)
+++ v1 (2026-02-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>Trade Desk Inc.</t>
   </si>
   <si>
     <t>自由現金流權益比（FCFE）預測</t>
   </si>
   <si>
     <t>以千美元計，每股數據除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>價值</t>
   </si>
   <si>
     <t>FCFE(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>現值 19.69%</t>
+    <t>現值 23.25%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>普通股 Trade Desk Inc. 內在價值</t>
   </si>