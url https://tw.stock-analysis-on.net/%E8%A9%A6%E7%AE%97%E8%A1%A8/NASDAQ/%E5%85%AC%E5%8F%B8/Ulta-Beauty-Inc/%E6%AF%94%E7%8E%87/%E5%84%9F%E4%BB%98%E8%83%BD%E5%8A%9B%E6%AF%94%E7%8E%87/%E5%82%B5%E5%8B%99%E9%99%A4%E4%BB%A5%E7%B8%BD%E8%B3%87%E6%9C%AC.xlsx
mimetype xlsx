--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -704,51 +704,51 @@
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="34.8">
       <c r="A11" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.28</v>
       </c>
       <c r="C13" s="13">
         <v>0.37</v>
       </c>
       <c r="D13" s="13">
         <v>0.35</v>
       </c>
       <c r="E13" s="13">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="F13" s="13">
         <v>0.0</v>
       </c>
       <c r="G13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>0.97</v>
       </c>
       <c r="C14" s="13">
         <v>1.04</v>
       </c>
       <c r="D14" s="13">
         <v>0.92</v>
       </c>
       <c r="E14" s="13">
         <v>1.11</v>
       </c>
       <c r="F14" s="13">