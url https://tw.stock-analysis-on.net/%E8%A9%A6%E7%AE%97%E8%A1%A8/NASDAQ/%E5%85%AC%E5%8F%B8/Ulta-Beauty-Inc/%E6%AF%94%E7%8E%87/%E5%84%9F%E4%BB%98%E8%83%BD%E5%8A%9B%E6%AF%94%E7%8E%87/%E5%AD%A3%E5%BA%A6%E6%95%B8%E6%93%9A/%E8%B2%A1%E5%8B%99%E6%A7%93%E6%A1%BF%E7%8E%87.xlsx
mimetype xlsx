--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -894,60 +894,60 @@
       <c r="D13" s="13">
         <v>2.61</v>
       </c>
       <c r="E13" s="13">
         <v>2.66</v>
       </c>
       <c r="F13" s="13">
         <v>2.83</v>
       </c>
       <c r="G13" s="13">
         <v>3.0099999999999998</v>
       </c>
       <c r="H13" s="13">
         <v>3.17</v>
       </c>
       <c r="I13" s="13">
         <v>3.12</v>
       </c>
       <c r="J13" s="13">
         <v>3.19</v>
       </c>
       <c r="K13" s="13">
         <v>3.07</v>
       </c>
       <c r="L13" s="13">
-        <v>3.04</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
-        <v>3.17</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="13">
-        <v>3.14</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="13">
-        <v>3.13</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>
       <c r="W13" s="13">
         <v>0.0</v>
       </c>