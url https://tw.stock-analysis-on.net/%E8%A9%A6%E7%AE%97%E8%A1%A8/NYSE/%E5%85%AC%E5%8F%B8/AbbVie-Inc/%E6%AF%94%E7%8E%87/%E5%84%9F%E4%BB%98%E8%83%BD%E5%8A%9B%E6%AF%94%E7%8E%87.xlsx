--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1480,51 +1480,51 @@
       </c>
       <c r="E28" s="7">
         <v>14.22</v>
       </c>
       <c r="F28" s="7">
         <v>4.98</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B29" s="7">
         <v>53.13</v>
       </c>
       <c r="C29" s="7">
         <v>46.55</v>
       </c>
       <c r="D29" s="7">
         <v>68.67</v>
       </c>
       <c r="E29" s="7">
         <v>138.96000000000001</v>
       </c>
       <c r="F29" s="7">
-        <v>57.7</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B30" s="7">
         <v>5.0099999999999998</v>
       </c>
       <c r="C30" s="7">
         <v>4.61</v>
       </c>
       <c r="D30" s="7">
         <v>8.12</v>
       </c>
       <c r="E30" s="7">
         <v>12.19</v>
       </c>
       <c r="F30" s="7">
         <v>10.3</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="14" t="s">
         <v>32</v>
@@ -1951,51 +1951,51 @@
       </c>
       <c r="E23" s="7">
         <v>0.5</v>
       </c>
       <c r="F23" s="7">
         <v>0.63</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.09</v>
       </c>
       <c r="C24" s="7">
         <v>0.1</v>
       </c>
       <c r="D24" s="7">
         <v>0.12</v>
       </c>
       <c r="E24" s="7">
         <v>0.14</v>
       </c>
       <c r="F24" s="7">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="7">
         <v>0.63</v>
       </c>
       <c r="C25" s="7">
         <v>0.75</v>
       </c>
       <c r="D25" s="7">
         <v>0.78</v>
       </c>
       <c r="E25" s="7">
         <v>0.85</v>
       </c>
       <c r="F25" s="7">
         <v>0.63</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="14" t="s">
         <v>32</v>
@@ -2482,51 +2482,51 @@
       </c>
       <c r="E26" s="7">
         <v>0.54</v>
       </c>
       <c r="F26" s="7">
         <v>0.65</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="7">
         <v>0.1</v>
       </c>
       <c r="C27" s="7">
         <v>0.11</v>
       </c>
       <c r="D27" s="7">
         <v>0.12</v>
       </c>
       <c r="E27" s="7">
         <v>0.15</v>
       </c>
       <c r="F27" s="7">
-        <v>0.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="7">
         <v>0.66</v>
       </c>
       <c r="C28" s="7">
         <v>0.78</v>
       </c>
       <c r="D28" s="7">
         <v>0.82</v>
       </c>
       <c r="E28" s="7">
         <v>0.89</v>
       </c>
       <c r="F28" s="7">
         <v>0.65</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="14" t="s">
         <v>32</v>
@@ -2973,51 +2973,51 @@
       </c>
       <c r="E23" s="7">
         <v>0.33</v>
       </c>
       <c r="F23" s="7">
         <v>0.39</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.08</v>
       </c>
       <c r="C24" s="7">
         <v>0.09</v>
       </c>
       <c r="D24" s="7">
         <v>0.11</v>
       </c>
       <c r="E24" s="7">
         <v>0.13</v>
       </c>
       <c r="F24" s="7">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="7">
         <v>0.39</v>
       </c>
       <c r="C25" s="7">
         <v>0.43</v>
       </c>
       <c r="D25" s="7">
         <v>0.44</v>
       </c>
       <c r="E25" s="7">
         <v>0.46</v>
       </c>
       <c r="F25" s="7">
         <v>0.39</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="14" t="s">
         <v>32</v>
@@ -3524,51 +3524,51 @@
       </c>
       <c r="E26" s="7">
         <v>0.35</v>
       </c>
       <c r="F26" s="7">
         <v>0.39</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="7">
         <v>0.09</v>
       </c>
       <c r="C27" s="7">
         <v>0.1</v>
       </c>
       <c r="D27" s="7">
         <v>0.11</v>
       </c>
       <c r="E27" s="7">
         <v>0.13</v>
       </c>
       <c r="F27" s="7">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="7">
         <v>0.4</v>
       </c>
       <c r="C28" s="7">
         <v>0.44</v>
       </c>
       <c r="D28" s="7">
         <v>0.45</v>
       </c>
       <c r="E28" s="7">
         <v>0.47</v>
       </c>
       <c r="F28" s="7">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="14" t="s">
         <v>32</v>
@@ -3995,51 +3995,51 @@
       </c>
       <c r="E23" s="7">
         <v>0.21</v>
       </c>
       <c r="F23" s="7">
         <v>0.26</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="7">
         <v>0.07</v>
       </c>
       <c r="C24" s="7">
         <v>0.08</v>
       </c>
       <c r="D24" s="7">
         <v>0.09</v>
       </c>
       <c r="E24" s="7">
         <v>0.11</v>
       </c>
       <c r="F24" s="7">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="7">
         <v>0.32</v>
       </c>
       <c r="C25" s="7">
         <v>0.35</v>
       </c>
       <c r="D25" s="7">
         <v>0.35</v>
       </c>
       <c r="E25" s="7">
         <v>0.37</v>
       </c>
       <c r="F25" s="7">
         <v>0.31</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="14" t="s">
         <v>32</v>
@@ -4526,51 +4526,51 @@
       </c>
       <c r="E26" s="7">
         <v>0.23</v>
       </c>
       <c r="F26" s="7">
         <v>0.27</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="7">
         <v>0.08</v>
       </c>
       <c r="C27" s="7">
         <v>0.08</v>
       </c>
       <c r="D27" s="7">
         <v>0.09</v>
       </c>
       <c r="E27" s="7">
         <v>0.11</v>
       </c>
       <c r="F27" s="7">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B28" s="7">
         <v>0.34</v>
       </c>
       <c r="C28" s="7">
         <v>0.37</v>
       </c>
       <c r="D28" s="7">
         <v>0.37</v>
       </c>
       <c r="E28" s="7">
         <v>0.38</v>
       </c>
       <c r="F28" s="7">
         <v>0.33</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="14" t="s">
         <v>32</v>
@@ -4937,51 +4937,51 @@
       </c>
       <c r="E19" s="7">
         <v>2.35</v>
       </c>
       <c r="F19" s="7">
         <v>2.44</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B20" s="7">
         <v>1.29</v>
       </c>
       <c r="C20" s="7">
         <v>1.27</v>
       </c>
       <c r="D20" s="7">
         <v>1.29</v>
       </c>
       <c r="E20" s="7">
         <v>1.36</v>
       </c>
       <c r="F20" s="7">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="7">
         <v>1.96</v>
       </c>
       <c r="C21" s="7">
         <v>2.11</v>
       </c>
       <c r="D21" s="7">
         <v>2.21</v>
       </c>
       <c r="E21" s="7">
         <v>2.33</v>
       </c>
       <c r="F21" s="7">
         <v>2.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>32</v>
@@ -5408,51 +5408,51 @@
       </c>
       <c r="E22" s="7">
         <v>19.83</v>
       </c>
       <c r="F22" s="7">
         <v>6.17</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="7">
         <v>87.59</v>
       </c>
       <c r="C23" s="7">
         <v>58.52</v>
       </c>
       <c r="D23" s="7">
         <v>82.8</v>
       </c>
       <c r="E23" s="7">
         <v>163.75</v>
       </c>
       <c r="F23" s="7">
-        <v>67.97</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="7">
         <v>6.03</v>
       </c>
       <c r="C24" s="7">
         <v>5.54</v>
       </c>
       <c r="D24" s="7">
         <v>11.56</v>
       </c>
       <c r="E24" s="7">
         <v>17.49</v>
       </c>
       <c r="F24" s="7">
         <v>14.07</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>32</v>