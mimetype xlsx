--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1390,60 +1390,60 @@
       <c r="I21" s="13">
         <v>5.69</v>
       </c>
       <c r="J21" s="13">
         <v>5.18</v>
       </c>
       <c r="K21" s="13">
         <v>5.45</v>
       </c>
       <c r="L21" s="13">
         <v>5.45</v>
       </c>
       <c r="M21" s="13">
         <v>5.06</v>
       </c>
       <c r="N21" s="13">
         <v>5.36</v>
       </c>
       <c r="O21" s="13">
         <v>5.12</v>
       </c>
       <c r="P21" s="13">
         <v>4.76</v>
       </c>
       <c r="Q21" s="13">
-        <v>3.56</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="13">
-        <v>3.71</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="13">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>1.5</v>
       </c>
       <c r="C22" s="13">
         <v>1.93</v>
       </c>
       <c r="D22" s="13">
         <v>1.77</v>
       </c>
       <c r="E22" s="13">
         <v>1.66</v>
       </c>
       <c r="F22" s="13">
         <v>1.63</v>
       </c>
       <c r="G22" s="13">
         <v>1.72</v>
       </c>
       <c r="H22" s="13">