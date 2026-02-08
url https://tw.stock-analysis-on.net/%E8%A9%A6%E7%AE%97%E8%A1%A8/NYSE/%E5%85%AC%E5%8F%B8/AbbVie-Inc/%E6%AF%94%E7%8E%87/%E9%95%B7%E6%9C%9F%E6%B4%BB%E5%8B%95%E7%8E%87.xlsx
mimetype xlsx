--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1069,51 +1069,51 @@
       </c>
       <c r="E19" s="6">
         <v>5.52</v>
       </c>
       <c r="F19" s="6">
         <v>3.07</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="6">
         <v>3.09</v>
       </c>
       <c r="C20" s="6">
         <v>3.16</v>
       </c>
       <c r="D20" s="6">
         <v>3.23</v>
       </c>
       <c r="E20" s="6">
         <v>4.62</v>
       </c>
       <c r="F20" s="6">
-        <v>2.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>4.61</v>
       </c>
       <c r="C21" s="6">
         <v>4.54</v>
       </c>
       <c r="D21" s="6">
         <v>4.84</v>
       </c>
       <c r="E21" s="6">
         <v>4.71</v>
       </c>
       <c r="F21" s="6">
         <v>5.45</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>23</v>
@@ -1520,51 +1520,51 @@
       </c>
       <c r="E22" s="6">
         <v>4.64</v>
       </c>
       <c r="F22" s="6">
         <v>2.79</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="6">
         <v>2.95</v>
       </c>
       <c r="C23" s="6">
         <v>3.11</v>
       </c>
       <c r="D23" s="6">
         <v>3.17</v>
       </c>
       <c r="E23" s="6">
         <v>4.52</v>
       </c>
       <c r="F23" s="6">
-        <v>2.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="6">
         <v>3.97</v>
       </c>
       <c r="C24" s="6">
         <v>3.89</v>
       </c>
       <c r="D24" s="6">
         <v>4.13</v>
       </c>
       <c r="E24" s="6">
         <v>3.98</v>
       </c>
       <c r="F24" s="6">
         <v>4.82</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>23</v>
@@ -1931,51 +1931,51 @@
       </c>
       <c r="E19" s="6">
         <v>0.45</v>
       </c>
       <c r="F19" s="6">
         <v>0.28</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="6">
         <v>0.38</v>
       </c>
       <c r="C20" s="6">
         <v>0.4</v>
       </c>
       <c r="D20" s="6">
         <v>0.42</v>
       </c>
       <c r="E20" s="6">
         <v>0.63</v>
       </c>
       <c r="F20" s="6">
-        <v>0.5</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>0.44</v>
       </c>
       <c r="C21" s="6">
         <v>0.43</v>
       </c>
       <c r="D21" s="6">
         <v>0.46</v>
       </c>
       <c r="E21" s="6">
         <v>0.41</v>
       </c>
       <c r="F21" s="6">
         <v>0.47</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>23</v>
@@ -2342,51 +2342,51 @@
       </c>
       <c r="E19" s="6">
         <v>1.06</v>
       </c>
       <c r="F19" s="6">
         <v>0.67</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="6">
         <v>0.48</v>
       </c>
       <c r="C20" s="6">
         <v>0.51</v>
       </c>
       <c r="D20" s="6">
         <v>0.54</v>
       </c>
       <c r="E20" s="6">
         <v>0.86</v>
       </c>
       <c r="F20" s="6">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>0.86</v>
       </c>
       <c r="C21" s="6">
         <v>0.92</v>
       </c>
       <c r="D21" s="6">
         <v>1.02</v>
       </c>
       <c r="E21" s="6">
         <v>0.96</v>
       </c>
       <c r="F21" s="6">
         <v>0.93</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>23</v>