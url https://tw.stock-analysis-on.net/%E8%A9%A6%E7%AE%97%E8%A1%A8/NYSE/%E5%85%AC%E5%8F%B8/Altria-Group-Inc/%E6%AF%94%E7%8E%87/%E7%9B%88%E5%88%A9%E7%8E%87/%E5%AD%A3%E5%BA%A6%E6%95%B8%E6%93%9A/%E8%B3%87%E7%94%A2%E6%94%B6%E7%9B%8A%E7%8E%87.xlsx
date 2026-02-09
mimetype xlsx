--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1050,60 +1050,60 @@
       <c r="E16" s="13">
         <v>0.1196</v>
       </c>
       <c r="F16" s="13">
         <v>0.1274</v>
       </c>
       <c r="G16" s="13">
         <v>0.1301</v>
       </c>
       <c r="H16" s="13">
         <v>0.1404</v>
       </c>
       <c r="I16" s="13">
         <v>0.1467</v>
       </c>
       <c r="J16" s="13">
         <v>0.2148</v>
       </c>
       <c r="K16" s="13">
         <v>0.2218</v>
       </c>
       <c r="L16" s="13">
         <v>0.2162</v>
       </c>
       <c r="M16" s="13">
-        <v>0.2206</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="13">
-        <v>0.2162</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="13">
-        <v>0.2181</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="13">
-        <v>0.2173</v>
+        <v>0.0</v>
       </c>
       <c r="Q16" s="13">
         <v>0.0</v>
       </c>
       <c r="R16" s="13">
         <v>0.0</v>
       </c>
       <c r="S16" s="13">
         <v>0.0</v>
       </c>
       <c r="T16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="14"/>
       <c r="D17" s="14"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>