--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -775,51 +775,51 @@
       </c>
       <c r="D16" s="9">
         <v>30.58</v>
       </c>
       <c r="E16" s="9">
         <v>0.0</v>
       </c>
       <c r="F16" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="9">
         <v>17.69</v>
       </c>
       <c r="C17" s="9">
         <v>17.54</v>
       </c>
       <c r="D17" s="9">
         <v>18.37</v>
       </c>
       <c r="E17" s="9">
-        <v>16.55</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="9">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="9">
         <v>22.54</v>
       </c>
       <c r="C19" s="9">
         <v>24.66</v>
       </c>
       <c r="D19" s="9">
         <v>24.78</v>
       </c>
       <c r="E19" s="9">
         <v>0.0</v>