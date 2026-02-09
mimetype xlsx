--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -20,54 +20,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="損益表" sheetId="1" r:id="rId4"/>
     <sheet name="資產" sheetId="2" r:id="rId5"/>
     <sheet name="負債和股東權益" sheetId="3" r:id="rId6"/>
     <sheet name="現金流量表" sheetId="4" r:id="rId7"/>
     <sheet name="每股數據" sheetId="5" r:id="rId8"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Bristol-Myers Squibb Co.</t>
   </si>
   <si>
     <t>損益表中的部分專案、長期趨勢</t>
   </si>
   <si>
     <t>已結束 12 個月</t>
   </si>
   <si>
     <t>收入</t>
   </si>
   <si>
     <t>歸屬於BMS的凈收益（虧損）</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
   <si>
     <t>從資產中選定的專案、長期趨勢</t>
   </si>
   <si>
     <t>流動資產</t>
   </si>
   <si>
@@ -100,67 +97,58 @@
   <si>
     <t>籌資活動提供（用於）的現金凈額</t>
   </si>
   <si>
     <t>每個共享的選定數據、長期趨勢</t>
   </si>
   <si>
     <t>基本每股收益</t>
   </si>
   <si>
     <t>稀釋每股收益</t>
   </si>
   <si>
     <t>每股股息</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="6">
+  <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -196,66 +184,65 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom style="medium">
         <color rgb="FF252525"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="49" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -540,1654 +527,1629 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="5">
+        <v>48300.0</v>
+      </c>
+      <c r="C5" s="5">
+        <v>-8948.0</v>
+      </c>
     </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="4" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="4" t="s">
+      <c r="A6" s="4">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="5">
+        <v>45006.0</v>
+      </c>
+      <c r="C6" s="5">
+        <v>8025.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="4">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="5">
+        <v>46159.0</v>
+      </c>
+      <c r="C7" s="5">
+        <v>6327.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="4">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="5">
+        <v>46385.0</v>
+      </c>
+      <c r="C8" s="5">
+        <v>6994.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="4">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="5">
+        <v>42518.0</v>
+      </c>
+      <c r="C9" s="5">
+        <v>-9015.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="4">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="5">
+        <v>26145.0</v>
+      </c>
+      <c r="C10" s="5">
+        <v>3439.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="4">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="5">
+        <v>22561.0</v>
+      </c>
+      <c r="C11" s="5">
+        <v>4920.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="4">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="5">
+        <v>20776.0</v>
+      </c>
+      <c r="C12" s="5">
+        <v>1007.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="4">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="5">
+        <v>19427.0</v>
+      </c>
+      <c r="C13" s="5">
+        <v>4457.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="4">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="5">
+        <v>16560.0</v>
+      </c>
+      <c r="C14" s="5">
+        <v>1565.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="4">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="5">
+        <v>15879.0</v>
+      </c>
+      <c r="C15" s="5">
+        <v>2004.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="4">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="5">
+        <v>16385.0</v>
+      </c>
+      <c r="C16" s="5">
+        <v>2563.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="4">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="5">
+        <v>17621.0</v>
+      </c>
+      <c r="C17" s="5">
+        <v>1960.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="4">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="5">
+        <v>21244.0</v>
+      </c>
+      <c r="C18" s="5">
+        <v>3709.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="4">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="5">
+        <v>19484.0</v>
+      </c>
+      <c r="C19" s="5">
+        <v>3102.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="4">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="5">
+        <v>18808.0</v>
+      </c>
+      <c r="C20" s="5">
+        <v>10612.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="4">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="5">
+        <v>20597.0</v>
+      </c>
+      <c r="C21" s="5">
+        <v>5247.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="4">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="5">
+        <v>19348.0</v>
+      </c>
+      <c r="C22" s="5">
+        <v>2165.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="4">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="5">
+        <v>17914.0</v>
+      </c>
+      <c r="C23" s="5">
+        <v>1585.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="4">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="5">
+        <v>19207.0</v>
+      </c>
+      <c r="C24" s="5">
+        <v>3000.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="6" t="s">
         <v>5</v>
       </c>
-    </row>
-[...225 lines deleted...]
-      <c r="C27" s="7"/>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C27"/>
+  <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C25" sqref="C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:3">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:3">
+      <c r="A2" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:3">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="7"/>
+      <c r="B4" s="3" t="s">
         <v>7</v>
       </c>
+      <c r="C4" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="5">
+        <v>29780.0</v>
+      </c>
+      <c r="C5" s="5">
+        <v>92603.0</v>
+      </c>
     </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="8"/>
-[...4 lines deleted...]
-        <v>9</v>
+      <c r="A6" s="4">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="5">
+        <v>31770.0</v>
+      </c>
+      <c r="C6" s="5">
+        <v>95159.0</v>
       </c>
     </row>
     <row r="7" spans="1:3">
-      <c r="A7" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="4">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="5">
+        <v>27273.0</v>
+      </c>
+      <c r="C7" s="5">
+        <v>96820.0</v>
       </c>
     </row>
     <row r="8" spans="1:3">
-      <c r="A8" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="4">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="5">
+        <v>33262.0</v>
+      </c>
+      <c r="C8" s="5">
+        <v>109314.0</v>
       </c>
     </row>
     <row r="9" spans="1:3">
-      <c r="A9" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="4">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="5">
+        <v>30192.0</v>
+      </c>
+      <c r="C9" s="5">
+        <v>118481.0</v>
       </c>
     </row>
     <row r="10" spans="1:3">
-      <c r="A10" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="4">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="5">
+        <v>29354.0</v>
+      </c>
+      <c r="C10" s="5">
+        <v>129944.0</v>
       </c>
     </row>
     <row r="11" spans="1:3">
-      <c r="A11" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="4">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="5">
+        <v>17160.0</v>
+      </c>
+      <c r="C11" s="5">
+        <v>34986.0</v>
       </c>
     </row>
     <row r="12" spans="1:3">
-      <c r="A12" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="4">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="5">
+        <v>14854.0</v>
+      </c>
+      <c r="C12" s="5">
+        <v>33551.0</v>
       </c>
     </row>
     <row r="13" spans="1:3">
-      <c r="A13" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="4">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="5">
+        <v>13704.0</v>
+      </c>
+      <c r="C13" s="5">
+        <v>33707.0</v>
       </c>
     </row>
     <row r="14" spans="1:3">
-      <c r="A14" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="4">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="5">
+        <v>10415.0</v>
+      </c>
+      <c r="C14" s="5">
+        <v>31748.0</v>
       </c>
     </row>
     <row r="15" spans="1:3">
-      <c r="A15" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="4">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="5">
+        <v>14608.0</v>
+      </c>
+      <c r="C15" s="5">
+        <v>33749.0</v>
       </c>
     </row>
     <row r="16" spans="1:3">
-      <c r="A16" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="4">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="5">
+        <v>18916.0</v>
+      </c>
+      <c r="C16" s="5">
+        <v>38592.0</v>
       </c>
     </row>
     <row r="17" spans="1:3">
-      <c r="A17" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="4">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="5">
+        <v>9521.0</v>
+      </c>
+      <c r="C17" s="5">
+        <v>35897.0</v>
       </c>
     </row>
     <row r="18" spans="1:3">
-      <c r="A18" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="4">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="5">
+        <v>15318.0</v>
+      </c>
+      <c r="C18" s="5">
+        <v>32970.0</v>
       </c>
     </row>
     <row r="19" spans="1:3">
-      <c r="A19" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="4">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="5">
+        <v>13273.0</v>
+      </c>
+      <c r="C19" s="5">
+        <v>31076.0</v>
       </c>
     </row>
     <row r="20" spans="1:3">
-      <c r="A20" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="4">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="5">
+        <v>13958.0</v>
+      </c>
+      <c r="C20" s="5">
+        <v>31008.0</v>
       </c>
     </row>
     <row r="21" spans="1:3">
-      <c r="A21" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="4">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="5">
+        <v>14763.0</v>
+      </c>
+      <c r="C21" s="5">
+        <v>29552.0</v>
       </c>
     </row>
     <row r="22" spans="1:3">
-      <c r="A22" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="4">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="5">
+        <v>10348.0</v>
+      </c>
+      <c r="C22" s="5">
+        <v>26172.0</v>
       </c>
     </row>
     <row r="23" spans="1:3">
-      <c r="A23" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="4">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="5">
+        <v>10302.0</v>
+      </c>
+      <c r="C23" s="5">
+        <v>25575.0</v>
       </c>
     </row>
     <row r="24" spans="1:3">
-      <c r="A24" s="5">
-[...6 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="4">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="5">
+        <v>12283.0</v>
+      </c>
+      <c r="C24" s="5">
+        <v>28138.0</v>
       </c>
     </row>
     <row r="25" spans="1:3">
-      <c r="A25" s="5">
-[...25 lines deleted...]
-      <c r="C27" s="7"/>
+      <c r="A25" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E27"/>
+  <dimension ref="A1:E25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="E27" sqref="E27"/>
+      <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:5">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:5">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:5">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="7"/>
+      <c r="B4" s="3" t="s">
         <v>10</v>
       </c>
+      <c r="C4" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="5">
+        <v>23774.0</v>
+      </c>
+      <c r="C5" s="5">
+        <v>76215.0</v>
+      </c>
+      <c r="D5" s="5">
+        <v>49649.0</v>
+      </c>
+      <c r="E5" s="5">
+        <v>16335.0</v>
+      </c>
     </row>
     <row r="6" spans="1:5">
-      <c r="A6" s="8"/>
-[...10 lines deleted...]
-        <v>14</v>
+      <c r="A6" s="4">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="5">
+        <v>22262.0</v>
+      </c>
+      <c r="C6" s="5">
+        <v>65674.0</v>
+      </c>
+      <c r="D6" s="5">
+        <v>39772.0</v>
+      </c>
+      <c r="E6" s="5">
+        <v>29430.0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
-      <c r="A7" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="4">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="5">
+        <v>21890.0</v>
+      </c>
+      <c r="C7" s="5">
+        <v>65702.0</v>
+      </c>
+      <c r="D7" s="5">
+        <v>39320.0</v>
+      </c>
+      <c r="E7" s="5">
+        <v>31061.0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
-      <c r="A8" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="4">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="5">
+        <v>21868.0</v>
+      </c>
+      <c r="C8" s="5">
+        <v>73308.0</v>
+      </c>
+      <c r="D8" s="5">
+        <v>44553.0</v>
+      </c>
+      <c r="E8" s="5">
+        <v>35946.0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
-      <c r="A9" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="4">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="5">
+        <v>19080.0</v>
+      </c>
+      <c r="C9" s="5">
+        <v>80599.0</v>
+      </c>
+      <c r="D9" s="5">
+        <v>50676.0</v>
+      </c>
+      <c r="E9" s="5">
+        <v>37822.0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
-      <c r="A10" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="4">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="5">
+        <v>18304.0</v>
+      </c>
+      <c r="C10" s="5">
+        <v>78246.0</v>
+      </c>
+      <c r="D10" s="5">
+        <v>46733.0</v>
+      </c>
+      <c r="E10" s="5">
+        <v>51598.0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
-      <c r="A11" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="4">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="5">
+        <v>10654.0</v>
+      </c>
+      <c r="C11" s="5">
+        <v>20859.0</v>
+      </c>
+      <c r="D11" s="5">
+        <v>7349.0</v>
+      </c>
+      <c r="E11" s="5">
+        <v>14031.0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
-      <c r="A12" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="4">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="5">
+        <v>9563.0</v>
+      </c>
+      <c r="C12" s="5">
+        <v>21704.0</v>
+      </c>
+      <c r="D12" s="5">
+        <v>7962.0</v>
+      </c>
+      <c r="E12" s="5">
+        <v>11741.0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
-      <c r="A13" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="4">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="5">
+        <v>8841.0</v>
+      </c>
+      <c r="C13" s="5">
+        <v>17360.0</v>
+      </c>
+      <c r="D13" s="5">
+        <v>6708.0</v>
+      </c>
+      <c r="E13" s="5">
+        <v>16177.0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
-      <c r="A14" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="4">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="5">
+        <v>8017.0</v>
+      </c>
+      <c r="C14" s="5">
+        <v>17324.0</v>
+      </c>
+      <c r="D14" s="5">
+        <v>6689.0</v>
+      </c>
+      <c r="E14" s="5">
+        <v>14266.0</v>
       </c>
     </row>
     <row r="15" spans="1:5">
-      <c r="A15" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="4">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="5">
+        <v>8461.0</v>
+      </c>
+      <c r="C15" s="5">
+        <v>18766.0</v>
+      </c>
+      <c r="D15" s="5">
+        <v>7832.0</v>
+      </c>
+      <c r="E15" s="5">
+        <v>14852.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
-      <c r="A16" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="4">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="5">
+        <v>12440.0</v>
+      </c>
+      <c r="C16" s="5">
+        <v>23356.0</v>
+      </c>
+      <c r="D16" s="5">
+        <v>8340.0</v>
+      </c>
+      <c r="E16" s="5">
+        <v>15154.0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
-      <c r="A17" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="4">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="5">
+        <v>8279.0</v>
+      </c>
+      <c r="C17" s="5">
+        <v>22259.0</v>
+      </c>
+      <c r="D17" s="5">
+        <v>7394.0</v>
+      </c>
+      <c r="E17" s="5">
+        <v>13623.0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
-      <c r="A18" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="4">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="5">
+        <v>7780.0</v>
+      </c>
+      <c r="C18" s="5">
+        <v>17103.0</v>
+      </c>
+      <c r="D18" s="5">
+        <v>5491.0</v>
+      </c>
+      <c r="E18" s="5">
+        <v>15956.0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
-      <c r="A19" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="4">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="5">
+        <v>6739.0</v>
+      </c>
+      <c r="C19" s="5">
+        <v>15438.0</v>
+      </c>
+      <c r="D19" s="5">
+        <v>5445.0</v>
+      </c>
+      <c r="E19" s="5">
+        <v>15713.0</v>
       </c>
     </row>
     <row r="20" spans="1:5">
-      <c r="A20" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="4">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="5">
+        <v>6313.0</v>
+      </c>
+      <c r="C20" s="5">
+        <v>16223.0</v>
+      </c>
+      <c r="D20" s="5">
+        <v>6361.0</v>
+      </c>
+      <c r="E20" s="5">
+        <v>14843.0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
-      <c r="A21" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="4">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="5">
+        <v>6710.0</v>
+      </c>
+      <c r="C21" s="5">
+        <v>17311.0</v>
+      </c>
+      <c r="D21" s="5">
+        <v>6739.0</v>
+      </c>
+      <c r="E21" s="5">
+        <v>12241.0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
-      <c r="A22" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="4">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="5">
+        <v>8644.0</v>
+      </c>
+      <c r="C22" s="5">
+        <v>15610.0</v>
+      </c>
+      <c r="D22" s="5">
+        <v>6272.0</v>
+      </c>
+      <c r="E22" s="5">
+        <v>10562.0</v>
       </c>
     </row>
     <row r="23" spans="1:5">
-      <c r="A23" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="4">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="5">
+        <v>6496.0</v>
+      </c>
+      <c r="C23" s="5">
+        <v>15584.0</v>
+      </c>
+      <c r="D23" s="5">
+        <v>7435.0</v>
+      </c>
+      <c r="E23" s="5">
+        <v>9991.0</v>
       </c>
     </row>
     <row r="24" spans="1:5">
-      <c r="A24" s="5">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="4">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="5">
+        <v>6890.0</v>
+      </c>
+      <c r="C24" s="5">
+        <v>16930.0</v>
+      </c>
+      <c r="D24" s="5">
+        <v>8595.0</v>
+      </c>
+      <c r="E24" s="5">
+        <v>11208.0</v>
       </c>
     </row>
     <row r="25" spans="1:5">
-      <c r="A25" s="5">
-[...39 lines deleted...]
-      <c r="E27" s="7"/>
+      <c r="A25" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D27" sqref="D27"/>
+      <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:4">
+      <c r="A2" s="2" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
+      <c r="C4" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="5">
+        <v>15190.0</v>
+      </c>
+      <c r="C5" s="5">
+        <v>-21352.0</v>
+      </c>
+      <c r="D5" s="5">
+        <v>5127.0</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
-      <c r="A6" s="4" t="s">
-[...9 lines deleted...]
-        <v>18</v>
+      <c r="A6" s="4">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="5">
+        <v>13860.0</v>
+      </c>
+      <c r="C6" s="5">
+        <v>-2295.0</v>
+      </c>
+      <c r="D6" s="5">
+        <v>-9416.0</v>
       </c>
     </row>
     <row r="7" spans="1:4">
-      <c r="A7" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="4">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="5">
+        <v>13066.0</v>
+      </c>
+      <c r="C7" s="5">
+        <v>-1062.0</v>
+      </c>
+      <c r="D7" s="5">
+        <v>-16962.0</v>
       </c>
     </row>
     <row r="8" spans="1:4">
-      <c r="A8" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="4">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="5">
+        <v>16207.0</v>
+      </c>
+      <c r="C8" s="5">
+        <v>-538.0</v>
+      </c>
+      <c r="D8" s="5">
+        <v>-16224.0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
-      <c r="A9" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="4">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="5">
+        <v>14052.0</v>
+      </c>
+      <c r="C9" s="5">
+        <v>-10859.0</v>
+      </c>
+      <c r="D9" s="5">
+        <v>-1151.0</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="4">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="5">
+        <v>8067.0</v>
+      </c>
+      <c r="C10" s="5">
+        <v>-9770.0</v>
+      </c>
+      <c r="D10" s="5">
+        <v>7621.0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
-      <c r="A11" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="4">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="5">
+        <v>5940.0</v>
+      </c>
+      <c r="C11" s="5">
+        <v>-874.0</v>
+      </c>
+      <c r="D11" s="5">
+        <v>-3535.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
-      <c r="A12" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="4">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="5">
+        <v>5275.0</v>
+      </c>
+      <c r="C12" s="5">
+        <v>-66.0</v>
+      </c>
+      <c r="D12" s="5">
+        <v>-4077.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
-      <c r="A13" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="4">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="5">
+        <v>2850.0</v>
+      </c>
+      <c r="C13" s="5">
+        <v>1480.0</v>
+      </c>
+      <c r="D13" s="5">
+        <v>-2445.0</v>
       </c>
     </row>
     <row r="14" spans="1:4">
-      <c r="A14" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="4">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="5">
+        <v>1832.0</v>
+      </c>
+      <c r="C14" s="5">
+        <v>-1572.0</v>
+      </c>
+      <c r="D14" s="5">
+        <v>-3351.0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
-      <c r="A15" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="4">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="5">
+        <v>3148.0</v>
+      </c>
+      <c r="C15" s="5">
+        <v>1216.0</v>
+      </c>
+      <c r="D15" s="5">
+        <v>-2437.0</v>
       </c>
     </row>
     <row r="16" spans="1:4">
-      <c r="A16" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="4">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="5">
+        <v>3545.0</v>
+      </c>
+      <c r="C16" s="5">
+        <v>-572.0</v>
+      </c>
+      <c r="D16" s="5">
+        <v>-1068.0</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="4">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="5">
+        <v>6941.0</v>
+      </c>
+      <c r="C17" s="5">
+        <v>-6727.0</v>
+      </c>
+      <c r="D17" s="5">
+        <v>-4333.0</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="4">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="5">
+        <v>4840.0</v>
+      </c>
+      <c r="C18" s="5">
+        <v>-1437.0</v>
+      </c>
+      <c r="D18" s="5">
+        <v>-2657.0</v>
       </c>
     </row>
     <row r="19" spans="1:4">
-      <c r="A19" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="4">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="5">
+        <v>4491.0</v>
+      </c>
+      <c r="C19" s="5">
+        <v>-3812.0</v>
+      </c>
+      <c r="D19" s="5">
+        <v>-3343.0</v>
       </c>
     </row>
     <row r="20" spans="1:4">
-      <c r="A20" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="4">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="5">
+        <v>4065.0</v>
+      </c>
+      <c r="C20" s="5">
+        <v>-4380.0</v>
+      </c>
+      <c r="D20" s="5">
+        <v>-17.0</v>
       </c>
     </row>
     <row r="21" spans="1:4">
-      <c r="A21" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="4">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="5">
+        <v>3707.0</v>
+      </c>
+      <c r="C21" s="5">
+        <v>5079.0</v>
+      </c>
+      <c r="D21" s="5">
+        <v>-2582.0</v>
       </c>
     </row>
     <row r="22" spans="1:4">
-      <c r="A22" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="4">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="5">
+        <v>3153.0</v>
+      </c>
+      <c r="C22" s="5">
+        <v>-202.0</v>
+      </c>
+      <c r="D22" s="5">
+        <v>-3213.0</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="4">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="5">
+        <v>2083.0</v>
+      </c>
+      <c r="C23" s="5">
+        <v>206.0</v>
+      </c>
+      <c r="D23" s="5">
+        <v>-3351.0</v>
       </c>
     </row>
     <row r="24" spans="1:4">
-      <c r="A24" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="4">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="5">
+        <v>1836.0</v>
+      </c>
+      <c r="C24" s="5">
+        <v>1191.0</v>
+      </c>
+      <c r="D24" s="5">
+        <v>-3637.0</v>
       </c>
     </row>
     <row r="25" spans="1:4">
-      <c r="A25" s="5">
-[...32 lines deleted...]
-      <c r="D27" s="7"/>
+      <c r="A25" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="D27" sqref="D27"/>
+      <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:4">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:4">
+      <c r="A2" s="2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
         <v>19</v>
       </c>
+      <c r="C4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="B5" s="8">
+        <v>-4.41</v>
+      </c>
+      <c r="C5" s="8">
+        <v>-4.41</v>
+      </c>
+      <c r="D5" s="8">
+        <v>2.42</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
-      <c r="A6" s="4" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="A6" s="4">
+        <v>45291</v>
+      </c>
+      <c r="B6" s="8">
+        <v>3.88</v>
+      </c>
+      <c r="C6" s="8">
+        <v>3.86</v>
+      </c>
+      <c r="D6" s="8">
+        <v>2.31</v>
       </c>
     </row>
     <row r="7" spans="1:4">
-      <c r="A7" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A7" s="4">
+        <v>44926</v>
+      </c>
+      <c r="B7" s="8">
+        <v>2.97</v>
+      </c>
+      <c r="C7" s="8">
+        <v>2.95</v>
+      </c>
+      <c r="D7" s="8">
+        <v>2.19</v>
       </c>
     </row>
     <row r="8" spans="1:4">
-      <c r="A8" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="4">
+        <v>44561</v>
+      </c>
+      <c r="B8" s="8">
+        <v>3.15</v>
+      </c>
+      <c r="C8" s="8">
+        <v>3.12</v>
+      </c>
+      <c r="D8" s="8">
+        <v>2.0099999999999998</v>
       </c>
     </row>
     <row r="9" spans="1:4">
-      <c r="A9" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="4">
+        <v>44196</v>
+      </c>
+      <c r="B9" s="8">
+        <v>-3.99</v>
+      </c>
+      <c r="C9" s="8">
+        <v>-3.99</v>
+      </c>
+      <c r="D9" s="8">
+        <v>1.84</v>
       </c>
     </row>
     <row r="10" spans="1:4">
-      <c r="A10" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="4">
+        <v>43830</v>
+      </c>
+      <c r="B10" s="8">
+        <v>2.02</v>
+      </c>
+      <c r="C10" s="8">
+        <v>2.0099999999999998</v>
+      </c>
+      <c r="D10" s="8">
+        <v>1.68</v>
       </c>
     </row>
     <row r="11" spans="1:4">
-      <c r="A11" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="4">
+        <v>43465</v>
+      </c>
+      <c r="B11" s="8">
+        <v>3.0099999999999998</v>
+      </c>
+      <c r="C11" s="8">
+        <v>3.0099999999999998</v>
+      </c>
+      <c r="D11" s="8">
+        <v>1.61</v>
       </c>
     </row>
     <row r="12" spans="1:4">
-      <c r="A12" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="4">
+        <v>43100</v>
+      </c>
+      <c r="B12" s="8">
+        <v>0.61</v>
+      </c>
+      <c r="C12" s="8">
+        <v>0.61</v>
+      </c>
+      <c r="D12" s="8">
+        <v>1.57</v>
       </c>
     </row>
     <row r="13" spans="1:4">
-      <c r="A13" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="4">
+        <v>42735</v>
+      </c>
+      <c r="B13" s="8">
+        <v>2.67</v>
+      </c>
+      <c r="C13" s="8">
+        <v>2.65</v>
+      </c>
+      <c r="D13" s="8">
+        <v>1.53</v>
       </c>
     </row>
     <row r="14" spans="1:4">
-      <c r="A14" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="4">
+        <v>42369</v>
+      </c>
+      <c r="B14" s="8">
+        <v>0.94</v>
+      </c>
+      <c r="C14" s="8">
+        <v>0.93</v>
+      </c>
+      <c r="D14" s="8">
+        <v>1.49</v>
       </c>
     </row>
     <row r="15" spans="1:4">
-      <c r="A15" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="4">
+        <v>42004</v>
+      </c>
+      <c r="B15" s="8">
+        <v>1.21</v>
+      </c>
+      <c r="C15" s="8">
+        <v>1.2</v>
+      </c>
+      <c r="D15" s="8">
+        <v>1.45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
-      <c r="A16" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="4">
+        <v>41639</v>
+      </c>
+      <c r="B16" s="8">
+        <v>1.56</v>
+      </c>
+      <c r="C16" s="8">
+        <v>1.54</v>
+      </c>
+      <c r="D16" s="8">
+        <v>1.41</v>
       </c>
     </row>
     <row r="17" spans="1:4">
-      <c r="A17" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="4">
+        <v>41274</v>
+      </c>
+      <c r="B17" s="8">
+        <v>1.17</v>
+      </c>
+      <c r="C17" s="8">
+        <v>1.16</v>
+      </c>
+      <c r="D17" s="8">
+        <v>1.37</v>
       </c>
     </row>
     <row r="18" spans="1:4">
-      <c r="A18" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="4">
+        <v>40908</v>
+      </c>
+      <c r="B18" s="8">
+        <v>2.18</v>
+      </c>
+      <c r="C18" s="8">
+        <v>2.16</v>
+      </c>
+      <c r="D18" s="8">
+        <v>1.33</v>
       </c>
     </row>
     <row r="19" spans="1:4">
-      <c r="A19" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="4">
+        <v>40543</v>
+      </c>
+      <c r="B19" s="8">
+        <v>1.8</v>
+      </c>
+      <c r="C19" s="8">
+        <v>1.79</v>
+      </c>
+      <c r="D19" s="8">
+        <v>1.29</v>
       </c>
     </row>
     <row r="20" spans="1:4">
-      <c r="A20" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="4">
+        <v>40178</v>
+      </c>
+      <c r="B20" s="8">
+        <v>5.35</v>
+      </c>
+      <c r="C20" s="8">
+        <v>5.34</v>
+      </c>
+      <c r="D20" s="8">
+        <v>1.25</v>
       </c>
     </row>
     <row r="21" spans="1:4">
-      <c r="A21" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="4">
+        <v>39813</v>
+      </c>
+      <c r="B21" s="8">
+        <v>2.65</v>
+      </c>
+      <c r="C21" s="8">
+        <v>2.63</v>
+      </c>
+      <c r="D21" s="8">
+        <v>1.24</v>
       </c>
     </row>
     <row r="22" spans="1:4">
-      <c r="A22" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="4">
+        <v>39447</v>
+      </c>
+      <c r="B22" s="8">
+        <v>1.1</v>
+      </c>
+      <c r="C22" s="8">
+        <v>1.09</v>
+      </c>
+      <c r="D22" s="8">
+        <v>1.15</v>
       </c>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="4">
+        <v>39082</v>
+      </c>
+      <c r="B23" s="8">
+        <v>0.81</v>
+      </c>
+      <c r="C23" s="8">
+        <v>0.81</v>
+      </c>
+      <c r="D23" s="8">
+        <v>1.12</v>
       </c>
     </row>
     <row r="24" spans="1:4">
-      <c r="A24" s="5">
-[...9 lines deleted...]
-        <v>#N/A</v>
+      <c r="A24" s="4">
+        <v>38717</v>
+      </c>
+      <c r="B24" s="8">
+        <v>1.53</v>
+      </c>
+      <c r="C24" s="8">
+        <v>1.52</v>
+      </c>
+      <c r="D24" s="8">
+        <v>1.12</v>
       </c>
     </row>
     <row r="25" spans="1:4">
-      <c r="A25" s="5">
-[...32 lines deleted...]
-      <c r="D27" s="7"/>
+      <c r="A25" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B25" s="6"/>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">