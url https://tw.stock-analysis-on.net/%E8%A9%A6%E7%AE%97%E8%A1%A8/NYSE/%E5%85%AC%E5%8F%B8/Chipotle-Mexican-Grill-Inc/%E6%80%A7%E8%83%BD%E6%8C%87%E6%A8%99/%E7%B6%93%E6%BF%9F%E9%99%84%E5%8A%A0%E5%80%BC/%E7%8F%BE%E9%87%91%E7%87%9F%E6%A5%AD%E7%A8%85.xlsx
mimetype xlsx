--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -29,51 +29,51 @@
     <sheet name="現金營業稅" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>現金營業稅計算</t>
   </si>
   <si>
     <t>以千美元計</t>
   </si>
   <si>
     <t>已結束 12 個月</t>
   </si>
   <si>
-    <t>所得稅準備金（福利）</t>
+    <t>所得稅準備金</t>
   </si>
   <si>
     <t>少： 遞延所得稅費用（福利）</t>
   </si>
   <si>
     <t>更多： 從利息支出中節省稅款</t>
   </si>
   <si>
     <t>現金營業稅</t>
   </si>
   <si>
     <t>源： https://tw.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-404]yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -524,63 +524,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>