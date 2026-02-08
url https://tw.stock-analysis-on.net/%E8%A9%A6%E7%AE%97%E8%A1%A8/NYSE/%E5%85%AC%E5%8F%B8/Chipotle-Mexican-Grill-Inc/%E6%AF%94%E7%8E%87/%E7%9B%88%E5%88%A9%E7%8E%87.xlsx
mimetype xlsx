--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -671,63 +671,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -847,63 +847,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1073,63 +1073,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1369,63 +1369,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1665,63 +1665,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1961,63 +1961,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>