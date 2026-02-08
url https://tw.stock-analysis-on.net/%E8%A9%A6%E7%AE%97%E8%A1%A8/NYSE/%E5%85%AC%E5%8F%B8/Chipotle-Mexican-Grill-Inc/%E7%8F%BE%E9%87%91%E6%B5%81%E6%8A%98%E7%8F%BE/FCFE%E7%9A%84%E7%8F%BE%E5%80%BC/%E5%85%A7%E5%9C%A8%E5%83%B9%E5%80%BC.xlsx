--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>自由現金流權益比（FCFE）預測</t>
   </si>
   <si>
     <t>以千美元計，每股數據除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>價值</t>
   </si>
   <si>
     <t>FCFE(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>現值 20.76%</t>
+    <t>現值 17.09%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>普通股 Chipotle Mexican Grill Inc. 內在價值</t>
   </si>
@@ -550,159 +550,159 @@
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4">
         <v>0</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5">
-        <v>1531586.0</v>
+        <v>1447590.0</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4">
         <v>1</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="5">
-        <v>2039801.0</v>
+        <v>2032577.0</v>
       </c>
       <c r="D7" s="5">
-        <v>1689172.0</v>
+        <v>1735931.0</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4">
         <v>2</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="5">
-        <v>2635284.0</v>
+        <v>2719123.0</v>
       </c>
       <c r="D8" s="5">
-        <v>1807173.0</v>
+        <v>1983352.0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="5">
-        <v>3299485.0</v>
+        <v>3457181.0</v>
       </c>
       <c r="D9" s="5">
-        <v>1873719.0</v>
+        <v>2153666.0</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>4</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
-        <v>3999473.0</v>
+        <v>4166226.0</v>
       </c>
       <c r="D10" s="5">
-        <v>1880821.0</v>
+        <v>2216585.0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>4688424.0</v>
+        <v>4744306.0</v>
       </c>
       <c r="D11" s="5">
-        <v>1825818.0</v>
+        <v>2155757.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="4">
         <v>5</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="5">
-        <v>155634039.0</v>
+        <v>168137718.0</v>
       </c>
       <c r="D12" s="5">
-        <v>60608748.0</v>
+        <v>76399798.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="7">
-        <v>69685451.0</v>
+        <v>86645088.0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="8">
-        <v>52.7</v>
+        <v>66.53</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="9">
-        <v>38.45</v>
+        <v>39.39</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>