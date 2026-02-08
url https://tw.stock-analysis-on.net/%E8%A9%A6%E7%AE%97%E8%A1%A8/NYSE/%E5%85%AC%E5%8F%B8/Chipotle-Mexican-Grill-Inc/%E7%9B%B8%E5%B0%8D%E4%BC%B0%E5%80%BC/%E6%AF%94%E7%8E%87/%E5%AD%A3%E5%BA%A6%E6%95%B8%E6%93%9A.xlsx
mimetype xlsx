--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -88,51 +88,51 @@
   <si>
     <t>P/E</t>
   </si>
   <si>
     <t>基準</t>
   </si>
   <si>
     <t>P/E競爭 對手</t>
   </si>
   <si>
     <t>Airbnb Inc.</t>
   </si>
   <si>
     <t>Booking Holdings Inc.</t>
   </si>
   <si>
     <t>DoorDash, Inc.</t>
   </si>
   <si>
     <t>McDonald’s Corp.</t>
   </si>
   <si>
     <t>Starbucks Corp.</t>
   </si>
   <si>
-    <t>經營活動收入（虧損） (以千計)</t>
+    <t>經營收入 (以千計)</t>
   </si>
   <si>
     <t>每股營業利潤</t>
   </si>
   <si>
     <t>P/OP</t>
   </si>
   <si>
     <t>P/OP競爭 對手</t>
   </si>
   <si>
     <t>收入 (以千計)</t>
   </si>
   <si>
     <t>每股銷售額</t>
   </si>
   <si>
     <t>P/S</t>
   </si>
   <si>
     <t>P/S競爭 對手</t>
   </si>
   <si>
     <t>股東權益 (以千計)</t>
   </si>
@@ -618,3309 +618,2874 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T10"/>
+  <dimension ref="A1:Q10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T10" sqref="T10"/>
+      <selection activeCell="Q10" sqref="Q10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>33.86</v>
+      </c>
+      <c r="C6" s="7">
         <v>27.99</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>39.78</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>42.75</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>50.81</v>
       </c>
-      <c r="F6" s="7">
+      <c r="G6" s="7">
         <v>51.16</v>
       </c>
-      <c r="G6" s="7">
+      <c r="H6" s="7">
         <v>49.35</v>
       </c>
-      <c r="H6" s="7">
+      <c r="I6" s="7">
         <v>65.94</v>
       </c>
-      <c r="I6" s="7">
+      <c r="J6" s="7">
         <v>58.48</v>
       </c>
-      <c r="J6" s="7">
+      <c r="K6" s="7">
         <v>44.26</v>
       </c>
-      <c r="K6" s="7">
+      <c r="L6" s="7">
         <v>47.35</v>
       </c>
-      <c r="L6" s="7">
+      <c r="M6" s="7">
         <v>54.42</v>
       </c>
-      <c r="M6" s="7">
+      <c r="N6" s="7">
         <v>49.37</v>
       </c>
-      <c r="N6" s="7">
+      <c r="O6" s="7">
         <v>50.59</v>
       </c>
-      <c r="O6" s="7">
+      <c r="P6" s="7">
         <v>55.45</v>
       </c>
-      <c r="P6" s="7">
+      <c r="Q6" s="7">
         <v>61.35</v>
       </c>
-      <c r="Q6" s="7">
-[...12 lines deleted...]
-    <row r="7" spans="1:20">
+    </row>
+    <row r="7" spans="1:17">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>26.87</v>
+      </c>
+      <c r="C7" s="7">
         <v>22.27</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>31.82</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>34.15</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>40.67</v>
       </c>
-      <c r="F7" s="7">
+      <c r="G7" s="7">
         <v>40.74</v>
       </c>
-      <c r="G7" s="7">
+      <c r="H7" s="7">
         <v>38.97</v>
       </c>
-      <c r="H7" s="7">
+      <c r="I7" s="7">
         <v>52.39</v>
       </c>
-      <c r="I7" s="7">
+      <c r="J7" s="7">
         <v>46.13</v>
       </c>
-      <c r="J7" s="7">
+      <c r="K7" s="7">
         <v>34.75</v>
       </c>
-      <c r="K7" s="7">
+      <c r="L7" s="7">
         <v>36.84</v>
       </c>
-      <c r="L7" s="7">
+      <c r="M7" s="7">
         <v>42.0</v>
       </c>
-      <c r="M7" s="7">
+      <c r="N7" s="7">
         <v>38.25</v>
       </c>
-      <c r="N7" s="7">
+      <c r="O7" s="7">
         <v>40.020000000000003</v>
       </c>
-      <c r="O7" s="7">
+      <c r="P7" s="7">
         <v>45.28</v>
       </c>
-      <c r="P7" s="7">
+      <c r="Q7" s="7">
         <v>50.34</v>
       </c>
-      <c r="Q7" s="7">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
+        <v>4.36</v>
+      </c>
+      <c r="C8" s="7">
         <v>3.65</v>
       </c>
-      <c r="C8" s="7">
+      <c r="D8" s="7">
         <v>5.3</v>
       </c>
-      <c r="D8" s="7">
+      <c r="E8" s="7">
         <v>5.81</v>
       </c>
-      <c r="E8" s="7">
+      <c r="F8" s="7">
         <v>6.89</v>
       </c>
-      <c r="F8" s="7">
+      <c r="G8" s="7">
         <v>6.91</v>
       </c>
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>6.53</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
         <v>8.38</v>
       </c>
-      <c r="I8" s="7">
+      <c r="J8" s="7">
         <v>7.28</v>
       </c>
-      <c r="J8" s="7">
+      <c r="K8" s="7">
         <v>5.43</v>
       </c>
-      <c r="K8" s="7">
+      <c r="L8" s="7">
         <v>5.68</v>
       </c>
-      <c r="L8" s="7">
+      <c r="M8" s="7">
         <v>6.25</v>
       </c>
-      <c r="M8" s="7">
+      <c r="N8" s="7">
         <v>5.14</v>
       </c>
-      <c r="N8" s="7">
+      <c r="O8" s="7">
         <v>4.86</v>
       </c>
-      <c r="O8" s="7">
+      <c r="P8" s="7">
         <v>5.15</v>
       </c>
-      <c r="P8" s="7">
+      <c r="Q8" s="7">
         <v>5.36</v>
       </c>
-      <c r="Q8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="7">
+        <v>18.37</v>
+      </c>
+      <c r="C9" s="7">
         <v>13.35</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>17.38</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>19.12</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>21.32</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>21.010000000000002</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>18.75</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>25.43</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>23.47</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>17.95</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>19.07</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>22.64</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>18.74</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>17.58</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>19.46</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>19.67</v>
       </c>
-      <c r="Q9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8"/>
       <c r="P10" s="8"/>
       <c r="Q10" s="8"/>
-      <c r="R10" s="8"/>
-[...1 lines deleted...]
-      <c r="T10" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="9">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>1322278000.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>1340885000.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>1347364000.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>1355337000.0</v>
       </c>
-      <c r="F6" s="9">
+      <c r="G6" s="9">
         <v>1362593000.0</v>
       </c>
-      <c r="G6" s="9">
+      <c r="H6" s="9">
         <v>1369476000.0</v>
       </c>
-      <c r="H6" s="9">
+      <c r="I6" s="9">
         <v>1373350000.0</v>
       </c>
-      <c r="I6" s="9">
+      <c r="J6" s="9">
         <v>1371058450.0</v>
       </c>
-      <c r="J6" s="9">
+      <c r="K6" s="9">
         <v>1372233000.0</v>
       </c>
-      <c r="K6" s="9">
+      <c r="L6" s="9">
         <v>1379380650.0</v>
       </c>
-      <c r="L6" s="9">
+      <c r="M6" s="9">
         <v>1379492000.0</v>
       </c>
-      <c r="M6" s="9">
+      <c r="N6" s="9">
         <v>1381092350.0</v>
       </c>
-      <c r="N6" s="9">
+      <c r="O6" s="9">
         <v>1386055600.0</v>
       </c>
-      <c r="O6" s="9">
+      <c r="P6" s="9">
         <v>1388232350.0</v>
       </c>
-      <c r="P6" s="9">
+      <c r="Q6" s="9">
         <v>1398122400.0</v>
       </c>
-      <c r="Q6" s="9">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="9">
+        <v>330932.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>382103.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>436127.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>386599.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>331764.0</v>
       </c>
-      <c r="F8" s="9">
+      <c r="G8" s="9">
         <v>387388.0</v>
       </c>
-      <c r="G8" s="9">
+      <c r="H8" s="9">
         <v>455671.0</v>
       </c>
-      <c r="H8" s="9">
+      <c r="I8" s="9">
         <v>359287.0</v>
       </c>
-      <c r="I8" s="9">
+      <c r="J8" s="9">
         <v>282086.0</v>
       </c>
-      <c r="J8" s="9">
+      <c r="K8" s="9">
         <v>313217.0</v>
       </c>
-      <c r="K8" s="9">
+      <c r="L8" s="9">
         <v>341790.0</v>
       </c>
-      <c r="L8" s="9">
+      <c r="M8" s="9">
         <v>291644.0</v>
       </c>
-      <c r="M8" s="9">
+      <c r="N8" s="9">
         <v>223727.0</v>
       </c>
-      <c r="N8" s="9">
+      <c r="O8" s="9">
         <v>257138.0</v>
       </c>
-      <c r="O8" s="9">
+      <c r="P8" s="9">
         <v>259942.0</v>
       </c>
-      <c r="P8" s="9">
+      <c r="Q8" s="9">
         <v>158294.0</v>
       </c>
-      <c r="Q8" s="9">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="7">
+        <v>1.18</v>
+      </c>
+      <c r="C9" s="7">
         <v>1.16</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>1.15</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>1.16</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>1.13</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>1.09</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>1.03</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>0.94</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>0.9</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>0.85</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>0.81</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>0.75</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>0.65</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>0.58</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>0.54</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>0.49</v>
       </c>
-      <c r="Q9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="7">
+        <v>39.93</v>
+      </c>
+      <c r="C10" s="7">
         <v>32.53</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>45.74</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>49.54</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>57.51</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>55.73</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>50.82</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>62.24</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>52.41</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>37.75</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>38.25</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>40.73</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>32.14</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>29.52</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>30.2</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>30.02</v>
       </c>
-      <c r="Q10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="13">
+        <v>33.86</v>
+      </c>
+      <c r="C12" s="13">
         <v>27.99</v>
       </c>
-      <c r="C12" s="13">
+      <c r="D12" s="13">
         <v>39.78</v>
       </c>
-      <c r="D12" s="13">
+      <c r="E12" s="13">
         <v>42.75</v>
       </c>
-      <c r="E12" s="13">
+      <c r="F12" s="13">
         <v>50.81</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="13">
         <v>51.16</v>
       </c>
-      <c r="G12" s="13">
+      <c r="H12" s="13">
         <v>49.35</v>
       </c>
-      <c r="H12" s="13">
+      <c r="I12" s="13">
         <v>65.94</v>
       </c>
-      <c r="I12" s="13">
+      <c r="J12" s="13">
         <v>58.48</v>
       </c>
-      <c r="J12" s="13">
+      <c r="K12" s="13">
         <v>44.26</v>
       </c>
-      <c r="K12" s="13">
+      <c r="L12" s="13">
         <v>47.35</v>
       </c>
-      <c r="L12" s="13">
+      <c r="M12" s="13">
         <v>54.42</v>
       </c>
-      <c r="M12" s="13">
+      <c r="N12" s="13">
         <v>49.37</v>
       </c>
-      <c r="N12" s="13">
+      <c r="O12" s="13">
         <v>50.59</v>
       </c>
-      <c r="O12" s="13">
+      <c r="P12" s="13">
         <v>55.45</v>
       </c>
-      <c r="P12" s="13">
+      <c r="Q12" s="13">
         <v>61.35</v>
       </c>
-      <c r="Q12" s="13">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>28.2</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>30.89</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>30.61</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>33.58</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>50.83</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>17.28</v>
-      </c>
-[...1 lines deleted...]
-        <v>20.59</v>
       </c>
       <c r="I15" s="7">
         <v>20.59</v>
       </c>
       <c r="J15" s="7">
+        <v>20.59</v>
+      </c>
+      <c r="K15" s="7">
         <v>14.19</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>39.65</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>40.049999999999997</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>44.53</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>36.29</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>59.77</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>96.17</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>32.72</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>37.65</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>29.37</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>28.0</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>29.34</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>24.42</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>24.55</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>31.09</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>18.68</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>22.74</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>23.9</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>29.87</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>28.26</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>50.57</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>164.31999999999999</v>
       </c>
-      <c r="Q16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>98.12</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>141.16999999999999</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>221.22999999999999</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>728.77999999999997</v>
       </c>
-      <c r="F17" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="7">
         <v>0.0</v>
       </c>
       <c r="H17" s="7">
         <v>0.0</v>
       </c>
       <c r="I17" s="7">
         <v>0.0</v>
       </c>
       <c r="J17" s="7">
         <v>0.0</v>
       </c>
       <c r="K17" s="7">
         <v>0.0</v>
       </c>
       <c r="L17" s="7">
         <v>0.0</v>
       </c>
       <c r="M17" s="7">
         <v>0.0</v>
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>
       <c r="O17" s="7">
         <v>0.0</v>
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
-      <c r="R17" s="7">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>25.87</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>26.16</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>27.33</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>27.0</v>
       </c>
-      <c r="F18" s="7">
+      <c r="G18" s="7">
         <v>25.61</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H18" s="7">
         <v>23.42</v>
       </c>
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>22.51</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>25.23</v>
       </c>
-      <c r="J18" s="7">
+      <c r="K18" s="7">
         <v>23.23</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7">
         <v>26.39</v>
       </c>
-      <c r="L18" s="7">
+      <c r="M18" s="7">
         <v>31.34</v>
       </c>
-      <c r="M18" s="7">
+      <c r="N18" s="7">
         <v>31.22</v>
       </c>
-      <c r="N18" s="7">
+      <c r="O18" s="7">
         <v>34.24</v>
       </c>
-      <c r="O18" s="7">
+      <c r="P18" s="7">
         <v>31.53</v>
       </c>
-      <c r="P18" s="7">
+      <c r="Q18" s="7">
         <v>25.65</v>
       </c>
-      <c r="Q18" s="7">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7">
+        <v>51.93</v>
+      </c>
+      <c r="C19" s="7">
         <v>40.14</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>30.82</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>32.43</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>29.62</v>
       </c>
-      <c r="F19" s="7">
+      <c r="G19" s="7">
         <v>21.14</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H19" s="7">
         <v>24.11</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>24.81</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>29.09</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>30.66</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L19" s="7">
         <v>36.91</v>
       </c>
-      <c r="L19" s="7">
+      <c r="M19" s="7">
         <v>37.77</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N19" s="7">
         <v>34.26</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>23.050000000000001</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>19.34</v>
       </c>
-      <c r="P19" s="7">
+      <c r="Q19" s="7">
         <v>25.86</v>
       </c>
-      <c r="Q19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
-      <c r="R20" s="8"/>
-[...1 lines deleted...]
-      <c r="T20" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="9">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>1322278000.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>1340885000.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>1347364000.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>1355337000.0</v>
       </c>
-      <c r="F6" s="9">
+      <c r="G6" s="9">
         <v>1362593000.0</v>
       </c>
-      <c r="G6" s="9">
+      <c r="H6" s="9">
         <v>1369476000.0</v>
       </c>
-      <c r="H6" s="9">
+      <c r="I6" s="9">
         <v>1373350000.0</v>
       </c>
-      <c r="I6" s="9">
+      <c r="J6" s="9">
         <v>1371058450.0</v>
       </c>
-      <c r="J6" s="9">
+      <c r="K6" s="9">
         <v>1372233000.0</v>
       </c>
-      <c r="K6" s="9">
+      <c r="L6" s="9">
         <v>1379380650.0</v>
       </c>
-      <c r="L6" s="9">
+      <c r="M6" s="9">
         <v>1379492000.0</v>
       </c>
-      <c r="M6" s="9">
+      <c r="N6" s="9">
         <v>1381092350.0</v>
       </c>
-      <c r="N6" s="9">
+      <c r="O6" s="9">
         <v>1386055600.0</v>
       </c>
-      <c r="O6" s="9">
+      <c r="P6" s="9">
         <v>1388232350.0</v>
       </c>
-      <c r="P6" s="9">
+      <c r="Q6" s="9">
         <v>1398122400.0</v>
       </c>
-      <c r="Q6" s="9">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="9">
+        <v>420319.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>477172.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>559057.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>479250.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>415732.0</v>
       </c>
-      <c r="F8" s="9">
+      <c r="G8" s="9">
         <v>473256.0</v>
       </c>
-      <c r="G8" s="9">
+      <c r="H8" s="9">
         <v>586053.0</v>
       </c>
-      <c r="H8" s="9">
+      <c r="I8" s="9">
         <v>441292.0</v>
       </c>
-      <c r="I8" s="9">
+      <c r="J8" s="9">
         <v>363447.0</v>
       </c>
-      <c r="J8" s="9">
+      <c r="K8" s="9">
         <v>394950.0</v>
       </c>
-      <c r="K8" s="9">
+      <c r="L8" s="9">
         <v>431810.0</v>
       </c>
-      <c r="L8" s="9">
+      <c r="M8" s="9">
         <v>367606.0</v>
       </c>
-      <c r="M8" s="9">
+      <c r="N8" s="9">
         <v>296331.0</v>
       </c>
-      <c r="N8" s="9">
+      <c r="O8" s="9">
         <v>336253.0</v>
       </c>
-      <c r="O8" s="9">
+      <c r="P8" s="9">
         <v>337598.0</v>
       </c>
-      <c r="P8" s="9">
+      <c r="Q8" s="9">
         <v>190221.0</v>
       </c>
-      <c r="Q8" s="9">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="7">
+        <v>1.49</v>
+      </c>
+      <c r="C9" s="7">
         <v>1.46</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>1.44</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>1.45</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>1.41</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>1.37</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>1.3</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>1.19</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>1.14</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>1.09</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>1.04</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>0.97</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>0.84</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>0.74</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>0.67</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>0.6</v>
       </c>
-      <c r="Q9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="7">
+        <v>39.93</v>
+      </c>
+      <c r="C10" s="7">
         <v>32.53</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>45.74</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>49.54</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>57.51</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>55.73</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>50.82</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>62.24</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>52.41</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>37.75</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>38.25</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>40.73</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>32.14</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>29.52</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>30.2</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>30.02</v>
       </c>
-      <c r="Q10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="13">
+        <v>26.87</v>
+      </c>
+      <c r="C12" s="13">
         <v>22.27</v>
       </c>
-      <c r="C12" s="13">
+      <c r="D12" s="13">
         <v>31.82</v>
       </c>
-      <c r="D12" s="13">
+      <c r="E12" s="13">
         <v>34.15</v>
       </c>
-      <c r="E12" s="13">
+      <c r="F12" s="13">
         <v>40.67</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="13">
         <v>40.74</v>
       </c>
-      <c r="G12" s="13">
+      <c r="H12" s="13">
         <v>38.97</v>
       </c>
-      <c r="H12" s="13">
+      <c r="I12" s="13">
         <v>52.39</v>
       </c>
-      <c r="I12" s="13">
+      <c r="J12" s="13">
         <v>46.13</v>
       </c>
-      <c r="J12" s="13">
+      <c r="K12" s="13">
         <v>34.75</v>
       </c>
-      <c r="K12" s="13">
+      <c r="L12" s="13">
         <v>36.84</v>
       </c>
-      <c r="L12" s="13">
+      <c r="M12" s="13">
         <v>42.0</v>
       </c>
-      <c r="M12" s="13">
+      <c r="N12" s="13">
         <v>38.25</v>
       </c>
-      <c r="N12" s="13">
+      <c r="O12" s="13">
         <v>40.020000000000003</v>
       </c>
-      <c r="O12" s="13">
+      <c r="P12" s="13">
         <v>45.28</v>
       </c>
-      <c r="P12" s="13">
+      <c r="Q12" s="13">
         <v>50.34</v>
       </c>
-      <c r="Q12" s="13">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>27.43</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>31.13</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>31.2</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>34.83</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>57.42</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>52.39</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>62.62</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>65.010000000000005</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>34.45</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>46.61</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>45.090000000000003</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>46.78</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>35.98</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>57.78</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>88.47</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>19.36</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>22.039999999999999</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>20.41</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>21.8</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>22.96</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>19.32</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>19.079999999999998</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>22.85</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>15.07</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>16.75</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>17.88</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>17.91</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>14.98</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>19.34</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>28.66</v>
       </c>
-      <c r="Q16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>122.18000000000001</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>203.41</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>421.33999999999997</v>
       </c>
-      <c r="E17" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="7">
         <v>0.0</v>
       </c>
       <c r="G17" s="7">
         <v>0.0</v>
       </c>
       <c r="H17" s="7">
         <v>0.0</v>
       </c>
       <c r="I17" s="7">
         <v>0.0</v>
       </c>
       <c r="J17" s="7">
         <v>0.0</v>
       </c>
       <c r="K17" s="7">
         <v>0.0</v>
       </c>
       <c r="L17" s="7">
         <v>0.0</v>
       </c>
       <c r="M17" s="7">
         <v>0.0</v>
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>
       <c r="O17" s="7">
         <v>0.0</v>
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
-      <c r="R17" s="7">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>17.98</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>18.39</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>19.19</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>18.95</v>
       </c>
-      <c r="F18" s="7">
+      <c r="G18" s="7">
         <v>18.13</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H18" s="7">
         <v>16.68</v>
       </c>
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>16.33</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>18.35</v>
       </c>
-      <c r="J18" s="7">
+      <c r="K18" s="7">
         <v>16.94</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7">
         <v>19.22</v>
       </c>
-      <c r="L18" s="7">
+      <c r="M18" s="7">
         <v>22.47</v>
       </c>
-      <c r="M18" s="7">
+      <c r="N18" s="7">
         <v>20.58</v>
       </c>
-      <c r="N18" s="7">
+      <c r="O18" s="7">
         <v>22.039999999999999</v>
       </c>
-      <c r="O18" s="7">
+      <c r="P18" s="7">
         <v>20.38</v>
       </c>
-      <c r="P18" s="7">
+      <c r="Q18" s="7">
         <v>17.56</v>
       </c>
-      <c r="Q18" s="7">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7">
+        <v>32.83</v>
+      </c>
+      <c r="C19" s="7">
         <v>26.65</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>21.21</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>22.61</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>20.6</v>
       </c>
-      <c r="F19" s="7">
+      <c r="G19" s="7">
         <v>14.82</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H19" s="7">
         <v>17.059999999999999</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>17.45</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>20.44</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>21.64</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L19" s="7">
         <v>25.87</v>
       </c>
-      <c r="L19" s="7">
+      <c r="M19" s="7">
         <v>26.73</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N19" s="7">
         <v>24.35</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>19.58</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>16.72</v>
       </c>
-      <c r="P19" s="7">
+      <c r="Q19" s="7">
         <v>22.12</v>
       </c>
-      <c r="Q19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
-      <c r="R20" s="8"/>
-[...1 lines deleted...]
-      <c r="T20" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="9">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>1322278000.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>1340885000.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>1347364000.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>1355337000.0</v>
       </c>
-      <c r="F6" s="9">
+      <c r="G6" s="9">
         <v>1362593000.0</v>
       </c>
-      <c r="G6" s="9">
+      <c r="H6" s="9">
         <v>1369476000.0</v>
       </c>
-      <c r="H6" s="9">
+      <c r="I6" s="9">
         <v>1373350000.0</v>
       </c>
-      <c r="I6" s="9">
+      <c r="J6" s="9">
         <v>1371058450.0</v>
       </c>
-      <c r="J6" s="9">
+      <c r="K6" s="9">
         <v>1372233000.0</v>
       </c>
-      <c r="K6" s="9">
+      <c r="L6" s="9">
         <v>1379380650.0</v>
       </c>
-      <c r="L6" s="9">
+      <c r="M6" s="9">
         <v>1379492000.0</v>
       </c>
-      <c r="M6" s="9">
+      <c r="N6" s="9">
         <v>1381092350.0</v>
       </c>
-      <c r="N6" s="9">
+      <c r="O6" s="9">
         <v>1386055600.0</v>
       </c>
-      <c r="O6" s="9">
+      <c r="P6" s="9">
         <v>1388232350.0</v>
       </c>
-      <c r="P6" s="9">
+      <c r="Q6" s="9">
         <v>1398122400.0</v>
       </c>
-      <c r="Q6" s="9">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="9">
+        <v>2983511.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>3003444.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>3063393.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>2875253.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>2845312.0</v>
       </c>
-      <c r="F8" s="9">
+      <c r="G8" s="9">
         <v>2793576.0</v>
       </c>
-      <c r="G8" s="9">
+      <c r="H8" s="9">
         <v>2973117.0</v>
       </c>
-      <c r="H8" s="9">
+      <c r="I8" s="9">
         <v>2701848.0</v>
       </c>
-      <c r="I8" s="9">
+      <c r="J8" s="9">
         <v>2516320.0</v>
       </c>
-      <c r="J8" s="9">
+      <c r="K8" s="9">
         <v>2471948.0</v>
       </c>
-      <c r="K8" s="9">
+      <c r="L8" s="9">
         <v>2514801.0</v>
       </c>
-      <c r="L8" s="9">
+      <c r="M8" s="9">
         <v>2368580.0</v>
       </c>
-      <c r="M8" s="9">
+      <c r="N8" s="9">
         <v>2180599.0</v>
       </c>
-      <c r="N8" s="9">
+      <c r="O8" s="9">
         <v>2220175.0</v>
       </c>
-      <c r="O8" s="9">
+      <c r="P8" s="9">
         <v>2213339.0</v>
       </c>
-      <c r="P8" s="9">
+      <c r="Q8" s="9">
         <v>2020539.0</v>
       </c>
-      <c r="Q8" s="9">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="7">
+        <v>9.16</v>
+      </c>
+      <c r="C9" s="7">
         <v>8.91</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>8.63</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>8.53</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>8.35</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>8.06</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>7.79</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>7.43</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>7.2</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>6.95</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>6.73</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>6.51</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>6.25</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>6.07</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>5.87</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>5.6</v>
       </c>
-      <c r="Q9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="7">
+        <v>39.93</v>
+      </c>
+      <c r="C10" s="7">
         <v>32.53</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>45.74</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>49.54</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>57.51</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>55.73</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>50.82</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>62.24</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>52.41</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>37.75</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>38.25</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>40.73</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>32.14</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>29.52</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>30.2</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>30.02</v>
       </c>
-      <c r="Q10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="13">
+        <v>4.36</v>
+      </c>
+      <c r="C12" s="13">
         <v>3.65</v>
       </c>
-      <c r="C12" s="13">
+      <c r="D12" s="13">
         <v>5.3</v>
       </c>
-      <c r="D12" s="13">
+      <c r="E12" s="13">
         <v>5.81</v>
       </c>
-      <c r="E12" s="13">
+      <c r="F12" s="13">
         <v>6.89</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="13">
         <v>6.91</v>
       </c>
-      <c r="G12" s="13">
+      <c r="H12" s="13">
         <v>6.53</v>
       </c>
-      <c r="H12" s="13">
+      <c r="I12" s="13">
         <v>8.38</v>
       </c>
-      <c r="I12" s="13">
+      <c r="J12" s="13">
         <v>7.28</v>
       </c>
-      <c r="J12" s="13">
+      <c r="K12" s="13">
         <v>5.43</v>
       </c>
-      <c r="K12" s="13">
+      <c r="L12" s="13">
         <v>5.68</v>
       </c>
-      <c r="L12" s="13">
+      <c r="M12" s="13">
         <v>6.25</v>
       </c>
-      <c r="M12" s="13">
+      <c r="N12" s="13">
         <v>5.14</v>
       </c>
-      <c r="N12" s="13">
+      <c r="O12" s="13">
         <v>4.86</v>
       </c>
-      <c r="O12" s="13">
+      <c r="P12" s="13">
         <v>5.15</v>
       </c>
-      <c r="P12" s="13">
+      <c r="Q12" s="13">
         <v>5.36</v>
       </c>
-      <c r="Q12" s="13">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>6.21</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>7.0</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>6.92</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>8.0099999999999998</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>8.62</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>7.97</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>9.93</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>9.95</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>8.07</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>10.029999999999999</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>9.33</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>10.039999999999999</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>7.36</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>10.11</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>11.65</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="7">
         <v>6.34</v>
       </c>
-      <c r="C16" s="7">
+      <c r="D16" s="7">
         <v>7.24</v>
       </c>
-      <c r="D16" s="7">
+      <c r="E16" s="7">
         <v>6.63</v>
       </c>
-      <c r="E16" s="7">
+      <c r="F16" s="7">
         <v>6.94</v>
       </c>
-      <c r="F16" s="7">
+      <c r="G16" s="7">
         <v>6.41</v>
       </c>
-      <c r="G16" s="7">
+      <c r="H16" s="7">
         <v>5.48</v>
       </c>
-      <c r="H16" s="7">
+      <c r="I16" s="7">
         <v>5.36</v>
       </c>
-      <c r="I16" s="7">
+      <c r="J16" s="7">
         <v>6.24</v>
       </c>
-      <c r="J16" s="7">
+      <c r="K16" s="7">
         <v>4.8</v>
       </c>
-      <c r="K16" s="7">
+      <c r="L16" s="7">
         <v>5.24</v>
       </c>
-      <c r="L16" s="7">
+      <c r="M16" s="7">
         <v>5.29</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>5.35</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>4.3</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>5.33</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>6.83</v>
       </c>
-      <c r="Q16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>6.7</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>9.27</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>6.67</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>8.36</v>
       </c>
-      <c r="F17" s="7">
+      <c r="G17" s="7">
         <v>6.35</v>
       </c>
-      <c r="G17" s="7">
+      <c r="H17" s="7">
         <v>4.63</v>
       </c>
-      <c r="H17" s="7">
+      <c r="I17" s="7">
         <v>5.72</v>
       </c>
-      <c r="I17" s="7">
+      <c r="J17" s="7">
         <v>5.4</v>
       </c>
-      <c r="J17" s="7">
+      <c r="K17" s="7">
         <v>3.71</v>
       </c>
-      <c r="K17" s="7">
+      <c r="L17" s="7">
         <v>4.4</v>
       </c>
-      <c r="L17" s="7">
+      <c r="M17" s="7">
         <v>3.41</v>
       </c>
-      <c r="M17" s="7">
+      <c r="N17" s="7">
         <v>3.23</v>
       </c>
-      <c r="N17" s="7">
+      <c r="O17" s="7">
         <v>3.3</v>
       </c>
-      <c r="O17" s="7">
+      <c r="P17" s="7">
         <v>5.5</v>
       </c>
-      <c r="P17" s="7">
+      <c r="Q17" s="7">
         <v>4.81</v>
       </c>
-      <c r="Q17" s="7">
-[...12 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="7">
         <v>8.29</v>
       </c>
-      <c r="C18" s="7">
+      <c r="D18" s="7">
         <v>8.42</v>
       </c>
-      <c r="D18" s="7">
+      <c r="E18" s="7">
         <v>8.68</v>
       </c>
-      <c r="E18" s="7">
+      <c r="F18" s="7">
         <v>8.56</v>
       </c>
-      <c r="F18" s="7">
+      <c r="G18" s="7">
         <v>8.14</v>
       </c>
-      <c r="G18" s="7">
+      <c r="H18" s="7">
         <v>7.55</v>
       </c>
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>7.51</v>
       </c>
-      <c r="I18" s="7">
+      <c r="J18" s="7">
         <v>8.38</v>
       </c>
-      <c r="J18" s="7">
+      <c r="K18" s="7">
         <v>7.74</v>
       </c>
-      <c r="K18" s="7">
+      <c r="L18" s="7">
         <v>8.72</v>
       </c>
-      <c r="L18" s="7">
+      <c r="M18" s="7">
         <v>9.2</v>
       </c>
-      <c r="M18" s="7">
+      <c r="N18" s="7">
         <v>8.32</v>
       </c>
-      <c r="N18" s="7">
+      <c r="O18" s="7">
         <v>8.7</v>
       </c>
-      <c r="O18" s="7">
+      <c r="P18" s="7">
         <v>8.13</v>
       </c>
-      <c r="P18" s="7">
+      <c r="Q18" s="7">
         <v>7.68</v>
       </c>
-      <c r="Q18" s="7">
-[...12 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7">
+        <v>2.59</v>
+      </c>
+      <c r="C19" s="7">
         <v>2.88</v>
       </c>
-      <c r="C19" s="7">
+      <c r="D19" s="7">
         <v>2.65</v>
       </c>
-      <c r="D19" s="7">
+      <c r="E19" s="7">
         <v>3.16</v>
       </c>
-      <c r="E19" s="7">
+      <c r="F19" s="7">
         <v>3.08</v>
       </c>
-      <c r="F19" s="7">
+      <c r="G19" s="7">
         <v>2.36</v>
       </c>
-      <c r="G19" s="7">
+      <c r="H19" s="7">
         <v>2.74</v>
       </c>
-      <c r="H19" s="7">
+      <c r="I19" s="7">
         <v>2.9</v>
       </c>
-      <c r="I19" s="7">
+      <c r="J19" s="7">
         <v>3.34</v>
       </c>
-      <c r="J19" s="7">
+      <c r="K19" s="7">
         <v>3.31</v>
       </c>
-      <c r="K19" s="7">
+      <c r="L19" s="7">
         <v>3.86</v>
       </c>
-      <c r="L19" s="7">
+      <c r="M19" s="7">
         <v>3.81</v>
       </c>
-      <c r="M19" s="7">
+      <c r="N19" s="7">
         <v>3.49</v>
       </c>
-      <c r="N19" s="7">
+      <c r="O19" s="7">
         <v>3.0</v>
       </c>
-      <c r="O19" s="7">
+      <c r="P19" s="7">
         <v>2.72</v>
       </c>
-      <c r="P19" s="7">
+      <c r="Q19" s="7">
         <v>3.74</v>
       </c>
-      <c r="Q19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
-      <c r="R20" s="8"/>
-[...1 lines deleted...]
-      <c r="T20" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:20">
+    <row r="2" spans="1:17">
       <c r="A2" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4"/>
       <c r="B5" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="5">
         <v>45930</v>
       </c>
-      <c r="C5" s="5">
+      <c r="D5" s="5">
         <v>45838</v>
       </c>
-      <c r="D5" s="5">
+      <c r="E5" s="5">
         <v>45747</v>
       </c>
-      <c r="E5" s="5">
+      <c r="F5" s="5">
         <v>45657</v>
       </c>
-      <c r="F5" s="5">
+      <c r="G5" s="5">
         <v>45565</v>
       </c>
-      <c r="G5" s="5">
+      <c r="H5" s="5">
         <v>45473</v>
       </c>
-      <c r="H5" s="5">
+      <c r="I5" s="5">
         <v>45382</v>
       </c>
-      <c r="I5" s="5">
+      <c r="J5" s="5">
         <v>45291</v>
       </c>
-      <c r="J5" s="5">
+      <c r="K5" s="5">
         <v>45199</v>
       </c>
-      <c r="K5" s="5">
+      <c r="L5" s="5">
         <v>45107</v>
       </c>
-      <c r="L5" s="5">
+      <c r="M5" s="5">
         <v>45016</v>
       </c>
-      <c r="M5" s="5">
+      <c r="N5" s="5">
         <v>44926</v>
       </c>
-      <c r="N5" s="5">
+      <c r="O5" s="5">
         <v>44834</v>
       </c>
-      <c r="O5" s="5">
+      <c r="P5" s="5">
         <v>44742</v>
       </c>
-      <c r="P5" s="5">
+      <c r="Q5" s="5">
         <v>44651</v>
       </c>
-      <c r="Q5" s="5">
-[...12 lines deleted...]
-    <row r="6" spans="1:20">
+    </row>
+    <row r="6" spans="1:17">
       <c r="A6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="9">
+        <v>1302423000.0</v>
+      </c>
+      <c r="C6" s="9">
         <v>1322278000.0</v>
       </c>
-      <c r="C6" s="9">
+      <c r="D6" s="9">
         <v>1340885000.0</v>
       </c>
-      <c r="D6" s="9">
+      <c r="E6" s="9">
         <v>1347364000.0</v>
       </c>
-      <c r="E6" s="9">
+      <c r="F6" s="9">
         <v>1355337000.0</v>
       </c>
-      <c r="F6" s="9">
+      <c r="G6" s="9">
         <v>1362593000.0</v>
       </c>
-      <c r="G6" s="9">
+      <c r="H6" s="9">
         <v>1369476000.0</v>
       </c>
-      <c r="H6" s="9">
+      <c r="I6" s="9">
         <v>1373350000.0</v>
       </c>
-      <c r="I6" s="9">
+      <c r="J6" s="9">
         <v>1371058450.0</v>
       </c>
-      <c r="J6" s="9">
+      <c r="K6" s="9">
         <v>1372233000.0</v>
       </c>
-      <c r="K6" s="9">
+      <c r="L6" s="9">
         <v>1379380650.0</v>
       </c>
-      <c r="L6" s="9">
+      <c r="M6" s="9">
         <v>1379492000.0</v>
       </c>
-      <c r="M6" s="9">
+      <c r="N6" s="9">
         <v>1381092350.0</v>
       </c>
-      <c r="N6" s="9">
+      <c r="O6" s="9">
         <v>1386055600.0</v>
       </c>
-      <c r="O6" s="9">
+      <c r="P6" s="9">
         <v>1388232350.0</v>
       </c>
-      <c r="P6" s="9">
+      <c r="Q6" s="9">
         <v>1398122400.0</v>
       </c>
-      <c r="Q6" s="9">
-[...12 lines deleted...]
-    <row r="7" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="7" spans="1:17" customHeight="1" ht="34.8">
       <c r="A7" s="10" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:20">
+    <row r="8" spans="1:17">
       <c r="A8" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="9">
+        <v>2830607.0</v>
+      </c>
+      <c r="C8" s="9">
         <v>3221838.0</v>
       </c>
-      <c r="C8" s="9">
+      <c r="D8" s="9">
         <v>3528195.0</v>
       </c>
-      <c r="D8" s="9">
+      <c r="E8" s="9">
         <v>3490872.0</v>
       </c>
-      <c r="E8" s="9">
+      <c r="F8" s="9">
         <v>3655546.0</v>
       </c>
-      <c r="F8" s="9">
+      <c r="G8" s="9">
         <v>3613898.0</v>
       </c>
-      <c r="G8" s="9">
+      <c r="H8" s="9">
         <v>3711820.0</v>
       </c>
-      <c r="H8" s="9">
+      <c r="I8" s="9">
         <v>3361329.0</v>
       </c>
-      <c r="I8" s="9">
+      <c r="J8" s="9">
         <v>3062207.0</v>
       </c>
-      <c r="J8" s="9">
+      <c r="K8" s="9">
         <v>2886314.0</v>
       </c>
-      <c r="K8" s="9">
+      <c r="L8" s="9">
         <v>2766886.0</v>
       </c>
-      <c r="L8" s="9">
+      <c r="M8" s="9">
         <v>2481685.0</v>
       </c>
-      <c r="M8" s="9">
+      <c r="N8" s="9">
         <v>2368023.0</v>
       </c>
-      <c r="N8" s="9">
+      <c r="O8" s="9">
         <v>2327381.0</v>
       </c>
-      <c r="O8" s="9">
+      <c r="P8" s="9">
         <v>2154199.0</v>
       </c>
-      <c r="P8" s="9">
+      <c r="Q8" s="9">
         <v>2133960.0</v>
       </c>
-      <c r="Q8" s="9">
-[...12 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="7">
+        <v>2.17</v>
+      </c>
+      <c r="C9" s="7">
         <v>2.44</v>
       </c>
-      <c r="C9" s="7">
+      <c r="D9" s="7">
         <v>2.63</v>
       </c>
-      <c r="D9" s="7">
+      <c r="E9" s="7">
         <v>2.59</v>
       </c>
-      <c r="E9" s="7">
+      <c r="F9" s="7">
         <v>2.7</v>
       </c>
-      <c r="F9" s="7">
+      <c r="G9" s="7">
         <v>2.65</v>
       </c>
-      <c r="G9" s="7">
+      <c r="H9" s="7">
         <v>2.71</v>
       </c>
-      <c r="H9" s="7">
+      <c r="I9" s="7">
         <v>2.45</v>
       </c>
-      <c r="I9" s="7">
+      <c r="J9" s="7">
         <v>2.23</v>
       </c>
-      <c r="J9" s="7">
+      <c r="K9" s="7">
         <v>2.1</v>
       </c>
-      <c r="K9" s="7">
+      <c r="L9" s="7">
         <v>2.0099999999999998</v>
       </c>
-      <c r="L9" s="7">
+      <c r="M9" s="7">
         <v>1.8</v>
       </c>
-      <c r="M9" s="7">
+      <c r="N9" s="7">
         <v>1.71</v>
       </c>
-      <c r="N9" s="7">
+      <c r="O9" s="7">
         <v>1.68</v>
       </c>
-      <c r="O9" s="7">
+      <c r="P9" s="7">
         <v>1.55</v>
       </c>
-      <c r="P9" s="7">
+      <c r="Q9" s="7">
         <v>1.53</v>
       </c>
-      <c r="Q9" s="7">
-[...12 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="7">
+        <v>39.93</v>
+      </c>
+      <c r="C10" s="7">
         <v>32.53</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>45.74</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>49.54</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>57.51</v>
       </c>
-      <c r="F10" s="7">
+      <c r="G10" s="7">
         <v>55.73</v>
       </c>
-      <c r="G10" s="7">
+      <c r="H10" s="7">
         <v>50.82</v>
       </c>
-      <c r="H10" s="7">
+      <c r="I10" s="7">
         <v>62.24</v>
       </c>
-      <c r="I10" s="7">
+      <c r="J10" s="7">
         <v>52.41</v>
       </c>
-      <c r="J10" s="7">
+      <c r="K10" s="7">
         <v>37.75</v>
       </c>
-      <c r="K10" s="7">
+      <c r="L10" s="7">
         <v>38.25</v>
       </c>
-      <c r="L10" s="7">
+      <c r="M10" s="7">
         <v>40.73</v>
       </c>
-      <c r="M10" s="7">
+      <c r="N10" s="7">
         <v>32.14</v>
       </c>
-      <c r="N10" s="7">
+      <c r="O10" s="7">
         <v>29.52</v>
       </c>
-      <c r="O10" s="7">
+      <c r="P10" s="7">
         <v>30.2</v>
       </c>
-      <c r="P10" s="7">
+      <c r="Q10" s="7">
         <v>30.02</v>
       </c>
-      <c r="Q10" s="7">
-[...12 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="13">
+        <v>18.37</v>
+      </c>
+      <c r="C12" s="13">
         <v>13.35</v>
       </c>
-      <c r="C12" s="13">
+      <c r="D12" s="13">
         <v>17.38</v>
       </c>
-      <c r="D12" s="13">
+      <c r="E12" s="13">
         <v>19.12</v>
       </c>
-      <c r="E12" s="13">
+      <c r="F12" s="13">
         <v>21.32</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="13">
         <v>21.010000000000002</v>
       </c>
-      <c r="G12" s="13">
+      <c r="H12" s="13">
         <v>18.75</v>
       </c>
-      <c r="H12" s="13">
+      <c r="I12" s="13">
         <v>25.43</v>
       </c>
-      <c r="I12" s="13">
+      <c r="J12" s="13">
         <v>23.47</v>
       </c>
-      <c r="J12" s="13">
+      <c r="K12" s="13">
         <v>17.95</v>
       </c>
-      <c r="K12" s="13">
+      <c r="L12" s="13">
         <v>19.07</v>
       </c>
-      <c r="L12" s="13">
+      <c r="M12" s="13">
         <v>22.64</v>
       </c>
-      <c r="M12" s="13">
+      <c r="N12" s="13">
         <v>18.74</v>
       </c>
-      <c r="N12" s="13">
+      <c r="O12" s="13">
         <v>17.58</v>
       </c>
-      <c r="O12" s="13">
+      <c r="P12" s="13">
         <v>19.46</v>
       </c>
-      <c r="P12" s="13">
+      <c r="Q12" s="13">
         <v>19.67</v>
       </c>
-      <c r="Q12" s="13">
-[...12 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C15" s="7">
         <v>8.62</v>
       </c>
-      <c r="C15" s="7">
+      <c r="D15" s="7">
         <v>10.42</v>
       </c>
-      <c r="D15" s="7">
+      <c r="E15" s="7">
         <v>9.79</v>
       </c>
-      <c r="E15" s="7">
+      <c r="F15" s="7">
         <v>10.57</v>
       </c>
-      <c r="F15" s="7">
+      <c r="G15" s="7">
         <v>11.0099999999999998</v>
       </c>
-      <c r="G15" s="7">
+      <c r="H15" s="7">
         <v>10.46</v>
       </c>
-      <c r="H15" s="7">
+      <c r="I15" s="7">
         <v>12.88</v>
       </c>
-      <c r="I15" s="7">
+      <c r="J15" s="7">
         <v>12.09</v>
       </c>
-      <c r="J15" s="7">
+      <c r="K15" s="7">
         <v>8.49</v>
       </c>
-      <c r="K15" s="7">
+      <c r="L15" s="7">
         <v>18.030000000000001</v>
       </c>
-      <c r="L15" s="7">
+      <c r="M15" s="7">
         <v>15.36</v>
       </c>
-      <c r="M15" s="7">
+      <c r="N15" s="7">
         <v>15.16</v>
       </c>
-      <c r="N15" s="7">
+      <c r="O15" s="7">
         <v>10.67</v>
       </c>
-      <c r="O15" s="7">
+      <c r="P15" s="7">
         <v>14.23</v>
       </c>
-      <c r="P15" s="7">
+      <c r="Q15" s="7">
         <v>16.27</v>
       </c>
-      <c r="Q15" s="7">
-[...12 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="7">
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>0.0</v>
       </c>
       <c r="E16" s="7">
         <v>0.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
       <c r="G16" s="7">
         <v>0.0</v>
       </c>
       <c r="H16" s="7">
         <v>0.0</v>
       </c>
       <c r="I16" s="7">
         <v>0.0</v>
       </c>
       <c r="J16" s="7">
         <v>0.0</v>
       </c>
       <c r="K16" s="7">
         <v>0.0</v>
       </c>
       <c r="L16" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M16" s="7">
         <v>89.53</v>
       </c>
-      <c r="M16" s="7">
+      <c r="N16" s="7">
         <v>32.84</v>
       </c>
-      <c r="N16" s="7">
+      <c r="O16" s="7">
         <v>18.79</v>
       </c>
-      <c r="O16" s="7">
+      <c r="P16" s="7">
         <v>19.51</v>
       </c>
-      <c r="P16" s="7">
+      <c r="Q16" s="7">
         <v>19.54</v>
       </c>
-      <c r="Q16" s="7">
-[...12 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="7">
         <v>8.92</v>
       </c>
-      <c r="C17" s="7">
+      <c r="D17" s="7">
         <v>12.36</v>
       </c>
-      <c r="D17" s="7">
+      <c r="E17" s="7">
         <v>8.94</v>
       </c>
-      <c r="E17" s="7">
+      <c r="F17" s="7">
         <v>11.49</v>
       </c>
-      <c r="F17" s="7">
+      <c r="G17" s="7">
         <v>8.52</v>
       </c>
-      <c r="G17" s="7">
+      <c r="H17" s="7">
         <v>6.22</v>
       </c>
-      <c r="H17" s="7">
+      <c r="I17" s="7">
         <v>7.45</v>
       </c>
-      <c r="I17" s="7">
+      <c r="J17" s="7">
         <v>6.85</v>
       </c>
-      <c r="J17" s="7">
+      <c r="K17" s="7">
         <v>4.61</v>
       </c>
-      <c r="K17" s="7">
+      <c r="L17" s="7">
         <v>5.29</v>
       </c>
-      <c r="L17" s="7">
+      <c r="M17" s="7">
         <v>3.75</v>
       </c>
-      <c r="M17" s="7">
+      <c r="N17" s="7">
         <v>3.15</v>
       </c>
-      <c r="N17" s="7">
+      <c r="O17" s="7">
         <v>2.93</v>
       </c>
-      <c r="O17" s="7">
+      <c r="P17" s="7">
         <v>4.18</v>
       </c>
-      <c r="P17" s="7">
+      <c r="Q17" s="7">
         <v>5.44</v>
       </c>
-      <c r="Q17" s="7">
-[...12 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="7">
         <v>0.0</v>
       </c>
       <c r="C18" s="7">
         <v>0.0</v>
       </c>
       <c r="D18" s="7">
         <v>0.0</v>
       </c>
       <c r="E18" s="7">
         <v>0.0</v>
       </c>
       <c r="F18" s="7">
         <v>0.0</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
@@ -3928,61 +3493,52 @@
       </c>
       <c r="J18" s="7">
         <v>0.0</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7">
         <v>0.0</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
-      <c r="R18" s="7">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="7">
         <v>0.0</v>
       </c>
       <c r="C19" s="7">
         <v>0.0</v>
       </c>
       <c r="D19" s="7">
         <v>0.0</v>
       </c>
       <c r="E19" s="7">
         <v>0.0</v>
       </c>
       <c r="F19" s="7">
         <v>0.0</v>
       </c>
       <c r="G19" s="7">
         <v>0.0</v>
       </c>
       <c r="H19" s="7">
         <v>0.0</v>
       </c>
       <c r="I19" s="7">
@@ -3990,83 +3546,71 @@
       </c>
       <c r="J19" s="7">
         <v>0.0</v>
       </c>
       <c r="K19" s="7">
         <v>0.0</v>
       </c>
       <c r="L19" s="7">
         <v>0.0</v>
       </c>
       <c r="M19" s="7">
         <v>0.0</v>
       </c>
       <c r="N19" s="7">
         <v>0.0</v>
       </c>
       <c r="O19" s="7">
         <v>0.0</v>
       </c>
       <c r="P19" s="7">
         <v>0.0</v>
       </c>
       <c r="Q19" s="7">
         <v>0.0</v>
       </c>
-      <c r="R19" s="7">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
-      <c r="R20" s="8"/>
-[...1 lines deleted...]
-      <c r="T20" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">