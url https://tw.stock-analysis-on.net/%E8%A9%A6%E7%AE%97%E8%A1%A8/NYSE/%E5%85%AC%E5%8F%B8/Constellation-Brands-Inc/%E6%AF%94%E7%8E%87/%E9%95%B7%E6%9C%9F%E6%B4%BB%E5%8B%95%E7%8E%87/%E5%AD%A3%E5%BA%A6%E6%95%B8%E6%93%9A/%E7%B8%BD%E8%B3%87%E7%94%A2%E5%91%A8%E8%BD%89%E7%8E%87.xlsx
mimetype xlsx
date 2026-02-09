--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1119,60 +1119,60 @@
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.54</v>
       </c>
       <c r="C16" s="13">
         <v>0.54</v>
       </c>
       <c r="D16" s="13">
         <v>0.52</v>
       </c>
       <c r="E16" s="13">
         <v>0.51</v>
       </c>
       <c r="F16" s="13">
         <v>0.78</v>
       </c>
       <c r="G16" s="13">
         <v>0.78</v>
       </c>
       <c r="H16" s="13">
         <v>0.76</v>
       </c>
       <c r="I16" s="13">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="J16" s="13">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="K16" s="13">
-        <v>0.74</v>
+        <v>0.0</v>
       </c>
       <c r="L16" s="13">
-        <v>0.73</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="13">
         <v>0.0</v>
       </c>
       <c r="N16" s="13">
         <v>0.0</v>
       </c>
       <c r="O16" s="13">
         <v>0.0</v>
       </c>
       <c r="P16" s="13">
         <v>0.0</v>
       </c>
       <c r="Q16" s="13">
         <v>0.0</v>
       </c>
       <c r="R16" s="13">
         <v>0.0</v>
       </c>
       <c r="S16" s="13">
         <v>0.0</v>
       </c>
       <c r="T16" s="13">
         <v>0.0</v>
       </c>