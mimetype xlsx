--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -2180,60 +2180,60 @@
       <c r="I21" s="9">
         <v>555.0</v>
       </c>
       <c r="J21" s="9">
         <v>558.0</v>
       </c>
       <c r="K21" s="9">
         <v>564.0</v>
       </c>
       <c r="L21" s="9">
         <v>564.0</v>
       </c>
       <c r="M21" s="9">
         <v>584.0</v>
       </c>
       <c r="N21" s="9">
         <v>490.0</v>
       </c>
       <c r="O21" s="9">
         <v>420.0</v>
       </c>
       <c r="P21" s="9">
         <v>326.0</v>
       </c>
       <c r="Q21" s="9">
-        <v>345.0</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="9">
-        <v>476.0</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="9">
-        <v>544.0</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="9">
-        <v>655.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="9">
         <v>112.0</v>
       </c>
       <c r="C22" s="9">
         <v>110.0</v>
       </c>
       <c r="D22" s="9">
         <v>104.0</v>
       </c>
       <c r="E22" s="9">
         <v>97.0</v>
       </c>
       <c r="F22" s="9">
         <v>112.0</v>
       </c>
       <c r="G22" s="9">
         <v>107.0</v>
       </c>
       <c r="H22" s="9">
@@ -3190,60 +3190,60 @@
       <c r="I21" s="8">
         <v>0.7</v>
       </c>
       <c r="J21" s="8">
         <v>0.72</v>
       </c>
       <c r="K21" s="8">
         <v>0.69</v>
       </c>
       <c r="L21" s="8">
         <v>0.67</v>
       </c>
       <c r="M21" s="8">
         <v>0.65</v>
       </c>
       <c r="N21" s="8">
         <v>0.83</v>
       </c>
       <c r="O21" s="8">
         <v>0.96</v>
       </c>
       <c r="P21" s="8">
         <v>1.27</v>
       </c>
       <c r="Q21" s="8">
-        <v>1.25</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="8">
-        <v>0.88</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="8">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="8">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="8">
         <v>4.47</v>
       </c>
       <c r="C22" s="8">
         <v>4.57</v>
       </c>
       <c r="D22" s="8">
         <v>4.82</v>
       </c>
       <c r="E22" s="8">
         <v>5.06</v>
       </c>
       <c r="F22" s="8">
         <v>4.62</v>
       </c>
       <c r="G22" s="8">
         <v>4.83</v>
       </c>
       <c r="H22" s="8">
@@ -4138,60 +4138,60 @@
       <c r="I20" s="8">
         <v>2.31</v>
       </c>
       <c r="J20" s="8">
         <v>2.35</v>
       </c>
       <c r="K20" s="8">
         <v>2.47</v>
       </c>
       <c r="L20" s="8">
         <v>2.42</v>
       </c>
       <c r="M20" s="8">
         <v>2.28</v>
       </c>
       <c r="N20" s="8">
         <v>2.47</v>
       </c>
       <c r="O20" s="8">
         <v>2.76</v>
       </c>
       <c r="P20" s="8">
         <v>3.41</v>
       </c>
       <c r="Q20" s="8">
-        <v>2.66</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="8">
-        <v>2.48</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="8">
-        <v>1.77</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="8">
-        <v>2.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="8">
         <v>4.91</v>
       </c>
       <c r="C21" s="8">
         <v>5.03</v>
       </c>
       <c r="D21" s="8">
         <v>5.07</v>
       </c>
       <c r="E21" s="8">
         <v>5.23</v>
       </c>
       <c r="F21" s="8">
         <v>5.13</v>
       </c>
       <c r="G21" s="8">
         <v>5.33</v>
       </c>
       <c r="H21" s="8">
@@ -5086,60 +5086,60 @@
       <c r="I20" s="8">
         <v>2.99</v>
       </c>
       <c r="J20" s="8">
         <v>3.43</v>
       </c>
       <c r="K20" s="8">
         <v>3.14</v>
       </c>
       <c r="L20" s="8">
         <v>2.69</v>
       </c>
       <c r="M20" s="8">
         <v>2.65</v>
       </c>
       <c r="N20" s="8">
         <v>3.74</v>
       </c>
       <c r="O20" s="8">
         <v>4.0</v>
       </c>
       <c r="P20" s="8">
         <v>5.39</v>
       </c>
       <c r="Q20" s="8">
-        <v>4.32</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="8">
-        <v>4.23</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="8">
-        <v>3.42</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="8">
-        <v>2.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="8">
         <v>8.23</v>
       </c>
       <c r="C21" s="8">
         <v>8.53</v>
       </c>
       <c r="D21" s="8">
         <v>8.25</v>
       </c>
       <c r="E21" s="8">
         <v>8.18</v>
       </c>
       <c r="F21" s="8">
         <v>9.63</v>
       </c>
       <c r="G21" s="8">
         <v>9.85</v>
       </c>
       <c r="H21" s="8">
@@ -6220,60 +6220,60 @@
       <c r="I24" s="8">
         <v>0.82</v>
       </c>
       <c r="J24" s="8">
         <v>0.87</v>
       </c>
       <c r="K24" s="8">
         <v>0.92</v>
       </c>
       <c r="L24" s="8">
         <v>0.9</v>
       </c>
       <c r="M24" s="8">
         <v>0.96</v>
       </c>
       <c r="N24" s="8">
         <v>1.09</v>
       </c>
       <c r="O24" s="8">
         <v>1.14</v>
       </c>
       <c r="P24" s="8">
         <v>1.46</v>
       </c>
       <c r="Q24" s="8">
-        <v>1.59</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="8">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="8">
-        <v>1.29</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="8">
-        <v>1.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
         <v>5.9</v>
       </c>
       <c r="C25" s="8">
         <v>3.64</v>
       </c>
       <c r="D25" s="8">
         <v>4.2</v>
       </c>
       <c r="E25" s="8">
         <v>4.87</v>
       </c>
       <c r="F25" s="8">
         <v>4.61</v>
       </c>
       <c r="G25" s="8">
         <v>3.96</v>
       </c>
       <c r="H25" s="8">
@@ -7168,60 +7168,60 @@
       <c r="I20" s="9">
         <v>519.0</v>
       </c>
       <c r="J20" s="9">
         <v>508.0</v>
       </c>
       <c r="K20" s="9">
         <v>532.0</v>
       </c>
       <c r="L20" s="9">
         <v>549.0</v>
       </c>
       <c r="M20" s="9">
         <v>562.0</v>
       </c>
       <c r="N20" s="9">
         <v>440.0</v>
       </c>
       <c r="O20" s="9">
         <v>379.0</v>
       </c>
       <c r="P20" s="9">
         <v>287.0</v>
       </c>
       <c r="Q20" s="9">
-        <v>292.0</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="9">
-        <v>415.0</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="9">
-        <v>445.0</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="9">
-        <v>653.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="9">
         <v>82.0</v>
       </c>
       <c r="C21" s="9">
         <v>80.0</v>
       </c>
       <c r="D21" s="9">
         <v>76.0</v>
       </c>
       <c r="E21" s="9">
         <v>72.0</v>
       </c>
       <c r="F21" s="9">
         <v>79.0</v>
       </c>
       <c r="G21" s="9">
         <v>76.0</v>
       </c>
       <c r="H21" s="9">
@@ -8054,60 +8054,60 @@
       <c r="I18" s="9">
         <v>158.0</v>
       </c>
       <c r="J18" s="9">
         <v>156.0</v>
       </c>
       <c r="K18" s="9">
         <v>148.0</v>
       </c>
       <c r="L18" s="9">
         <v>151.0</v>
       </c>
       <c r="M18" s="9">
         <v>160.0</v>
       </c>
       <c r="N18" s="9">
         <v>148.0</v>
       </c>
       <c r="O18" s="9">
         <v>132.0</v>
       </c>
       <c r="P18" s="9">
         <v>107.0</v>
       </c>
       <c r="Q18" s="9">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="R18" s="9">
-        <v>147.0</v>
+        <v>0.0</v>
       </c>
       <c r="S18" s="9">
-        <v>206.0</v>
+        <v>0.0</v>
       </c>
       <c r="T18" s="9">
-        <v>166.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="9">
         <v>74.0</v>
       </c>
       <c r="C19" s="9">
         <v>73.0</v>
       </c>
       <c r="D19" s="9">
         <v>72.0</v>
       </c>
       <c r="E19" s="9">
         <v>70.0</v>
       </c>
       <c r="F19" s="9">
         <v>71.0</v>
       </c>
       <c r="G19" s="9">
         <v>68.0</v>
       </c>
       <c r="H19" s="9">
@@ -9007,60 +9007,60 @@
       <c r="I21" s="9">
         <v>677.0</v>
       </c>
       <c r="J21" s="9">
         <v>664.0</v>
       </c>
       <c r="K21" s="9">
         <v>680.0</v>
       </c>
       <c r="L21" s="9">
         <v>700.0</v>
       </c>
       <c r="M21" s="9">
         <v>722.0</v>
       </c>
       <c r="N21" s="9">
         <v>588.0</v>
       </c>
       <c r="O21" s="9">
         <v>511.0</v>
       </c>
       <c r="P21" s="9">
         <v>394.0</v>
       </c>
       <c r="Q21" s="9">
-        <v>429.0</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="9">
-        <v>562.0</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="9">
-        <v>651.0</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="9">
-        <v>819.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="9">
         <v>156.0</v>
       </c>
       <c r="C22" s="9">
         <v>153.0</v>
       </c>
       <c r="D22" s="9">
         <v>148.0</v>
       </c>
       <c r="E22" s="9">
         <v>142.0</v>
       </c>
       <c r="F22" s="9">
         <v>150.0</v>
       </c>
       <c r="G22" s="9">
         <v>144.0</v>
       </c>
       <c r="H22" s="9">
@@ -9893,60 +9893,60 @@
       <c r="I19" s="9">
         <v>122.0</v>
       </c>
       <c r="J19" s="9">
         <v>106.0</v>
       </c>
       <c r="K19" s="9">
         <v>116.0</v>
       </c>
       <c r="L19" s="9">
         <v>136.0</v>
       </c>
       <c r="M19" s="9">
         <v>138.0</v>
       </c>
       <c r="N19" s="9">
         <v>98.0</v>
       </c>
       <c r="O19" s="9">
         <v>91.0</v>
       </c>
       <c r="P19" s="9">
         <v>68.0</v>
       </c>
       <c r="Q19" s="9">
-        <v>84.0</v>
+        <v>0.0</v>
       </c>
       <c r="R19" s="9">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
       <c r="S19" s="9">
-        <v>107.0</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="9">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="17" t="s">
         <v>29</v>
       </c>
       <c r="B20" s="9">
         <v>44.0</v>
       </c>
       <c r="C20" s="9">
         <v>43.0</v>
       </c>
       <c r="D20" s="9">
         <v>44.0</v>
       </c>
       <c r="E20" s="9">
         <v>45.0</v>
       </c>
       <c r="F20" s="9">
         <v>38.0</v>
       </c>
       <c r="G20" s="9">
         <v>37.0</v>
       </c>
       <c r="H20" s="9">