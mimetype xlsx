--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1968,60 +1968,60 @@
       <c r="I23" s="7">
         <v>25.99</v>
       </c>
       <c r="J23" s="7">
         <v>22.35</v>
       </c>
       <c r="K23" s="7">
         <v>19.48</v>
       </c>
       <c r="L23" s="7">
         <v>19.77</v>
       </c>
       <c r="M23" s="7">
         <v>19.68</v>
       </c>
       <c r="N23" s="7">
         <v>14.98</v>
       </c>
       <c r="O23" s="7">
         <v>11.67</v>
       </c>
       <c r="P23" s="7">
         <v>9.15</v>
       </c>
       <c r="Q23" s="7">
-        <v>8.37</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="7">
-        <v>9.96</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="7">
-        <v>10.38</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="7">
-        <v>13.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>32.45</v>
       </c>
       <c r="C24" s="7">
         <v>26.56</v>
       </c>
       <c r="D24" s="7">
         <v>24.55</v>
       </c>
       <c r="E24" s="7">
         <v>32.030000000000001</v>
       </c>
       <c r="F24" s="7">
         <v>34.78</v>
       </c>
       <c r="G24" s="7">
         <v>37.81</v>
       </c>
       <c r="H24" s="7">
@@ -3102,60 +3102,60 @@
       <c r="I23" s="7">
         <v>25.39</v>
       </c>
       <c r="J23" s="7">
         <v>21.13</v>
       </c>
       <c r="K23" s="7">
         <v>19.32</v>
       </c>
       <c r="L23" s="7">
         <v>18.68</v>
       </c>
       <c r="M23" s="7">
         <v>18.010000000000002</v>
       </c>
       <c r="N23" s="7">
         <v>12.91</v>
       </c>
       <c r="O23" s="7">
         <v>9.68</v>
       </c>
       <c r="P23" s="7">
         <v>7.98</v>
       </c>
       <c r="Q23" s="7">
-        <v>7.55</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="7">
-        <v>9.32</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="7">
-        <v>9.65</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="7">
-        <v>13.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>28.4</v>
       </c>
       <c r="C24" s="7">
         <v>23.62</v>
       </c>
       <c r="D24" s="7">
         <v>21.64</v>
       </c>
       <c r="E24" s="7">
         <v>27.65</v>
       </c>
       <c r="F24" s="7">
         <v>29.74</v>
       </c>
       <c r="G24" s="7">
         <v>32.66</v>
       </c>
       <c r="H24" s="7">
@@ -4236,60 +4236,60 @@
       <c r="I23" s="7">
         <v>7.84</v>
       </c>
       <c r="J23" s="7">
         <v>6.81</v>
       </c>
       <c r="K23" s="7">
         <v>6.61</v>
       </c>
       <c r="L23" s="7">
         <v>6.69</v>
       </c>
       <c r="M23" s="7">
         <v>7.0099999999999998</v>
       </c>
       <c r="N23" s="7">
         <v>5.87</v>
       </c>
       <c r="O23" s="7">
         <v>4.66</v>
       </c>
       <c r="P23" s="7">
         <v>4.4</v>
       </c>
       <c r="Q23" s="7">
-        <v>4.2</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="7">
-        <v>5.14</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="7">
-        <v>5.2</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="7">
-        <v>5.78</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>4.87</v>
       </c>
       <c r="C24" s="7">
         <v>4.05</v>
       </c>
       <c r="D24" s="7">
         <v>3.73</v>
       </c>
       <c r="E24" s="7">
         <v>4.73</v>
       </c>
       <c r="F24" s="7">
         <v>5.04</v>
       </c>
       <c r="G24" s="7">
         <v>5.55</v>
       </c>
       <c r="H24" s="7">
@@ -5370,60 +5370,60 @@
       <c r="I23" s="7">
         <v>3.96</v>
       </c>
       <c r="J23" s="7">
         <v>3.58</v>
       </c>
       <c r="K23" s="7">
         <v>3.49</v>
       </c>
       <c r="L23" s="7">
         <v>3.52</v>
       </c>
       <c r="M23" s="7">
         <v>3.77</v>
       </c>
       <c r="N23" s="7">
         <v>3.75</v>
       </c>
       <c r="O23" s="7">
         <v>3.21</v>
       </c>
       <c r="P23" s="7">
         <v>3.65</v>
       </c>
       <c r="Q23" s="7">
-        <v>3.6</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="7">
-        <v>4.04</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="7">
-        <v>4.26</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="7">
-        <v>4.44</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B24" s="7">
         <v>4.18</v>
       </c>
       <c r="C24" s="7">
         <v>3.46</v>
       </c>
       <c r="D24" s="7">
         <v>3.24</v>
       </c>
       <c r="E24" s="7">
         <v>4.09</v>
       </c>
       <c r="F24" s="7">
         <v>4.36</v>
       </c>
       <c r="G24" s="7">
         <v>4.96</v>
       </c>
       <c r="H24" s="7">