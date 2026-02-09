--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1526,60 +1526,60 @@
       <c r="I23" s="10">
         <v>25.39</v>
       </c>
       <c r="J23" s="10">
         <v>21.13</v>
       </c>
       <c r="K23" s="10">
         <v>19.32</v>
       </c>
       <c r="L23" s="10">
         <v>18.68</v>
       </c>
       <c r="M23" s="10">
         <v>18.010000000000002</v>
       </c>
       <c r="N23" s="10">
         <v>12.91</v>
       </c>
       <c r="O23" s="10">
         <v>9.68</v>
       </c>
       <c r="P23" s="10">
         <v>7.98</v>
       </c>
       <c r="Q23" s="10">
-        <v>7.55</v>
+        <v>0.0</v>
       </c>
       <c r="R23" s="10">
-        <v>9.32</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="10">
-        <v>9.65</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="10">
-        <v>13.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="10">
         <v>28.4</v>
       </c>
       <c r="C24" s="10">
         <v>23.62</v>
       </c>
       <c r="D24" s="10">
         <v>21.64</v>
       </c>
       <c r="E24" s="10">
         <v>27.65</v>
       </c>
       <c r="F24" s="10">
         <v>29.74</v>
       </c>
       <c r="G24" s="10">
         <v>32.66</v>
       </c>
       <c r="H24" s="10">