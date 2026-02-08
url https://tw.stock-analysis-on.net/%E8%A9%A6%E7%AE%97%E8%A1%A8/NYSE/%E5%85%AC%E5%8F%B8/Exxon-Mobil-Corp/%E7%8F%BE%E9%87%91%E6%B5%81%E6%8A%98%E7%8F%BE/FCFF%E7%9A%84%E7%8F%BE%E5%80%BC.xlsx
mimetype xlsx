--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>付費用戶區域。數據不可用！</t>
   </si>
   <si>
     <t>Exxon Mobil Corp.</t>
   </si>
   <si>
     <t>公司自由現金流（FCFF）預測</t>
   </si>
   <si>
     <t>以百萬美元計，每股數據除外</t>
   </si>
   <si>
     <t>年</t>
   </si>
   <si>
     <t>價值</t>
   </si>
   <si>
     <t>FCFF(t) 或 TV(t)</t>
   </si>
   <si>
-    <t>現值 15.31%</t>
+    <t>現值 15.33%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Exxon Mobil Corp.資本的內在價值</t>
   </si>