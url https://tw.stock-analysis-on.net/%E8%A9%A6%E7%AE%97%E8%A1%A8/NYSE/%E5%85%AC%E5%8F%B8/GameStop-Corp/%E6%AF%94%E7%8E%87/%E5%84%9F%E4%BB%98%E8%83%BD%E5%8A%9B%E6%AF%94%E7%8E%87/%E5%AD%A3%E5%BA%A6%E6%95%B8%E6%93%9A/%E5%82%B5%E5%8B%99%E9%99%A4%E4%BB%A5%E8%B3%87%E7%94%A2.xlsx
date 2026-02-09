--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1107,60 +1107,60 @@
       <c r="G17" s="14">
         <v>0.15</v>
       </c>
       <c r="H17" s="14">
         <v>0.16</v>
       </c>
       <c r="I17" s="14">
         <v>0.17</v>
       </c>
       <c r="J17" s="14">
         <v>0.18</v>
       </c>
       <c r="K17" s="14">
         <v>0.19</v>
       </c>
       <c r="L17" s="14">
         <v>0.19</v>
       </c>
       <c r="M17" s="14">
         <v>0.19</v>
       </c>
       <c r="N17" s="14">
         <v>0.17</v>
       </c>
       <c r="O17" s="14">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="P17" s="14">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="Q17" s="14">
-        <v>0.21</v>
+        <v>0.0</v>
       </c>
       <c r="R17" s="14">
-        <v>0.19</v>
+        <v>0.0</v>
       </c>
       <c r="S17" s="14">
         <v>0.0</v>
       </c>
       <c r="T17" s="14">
         <v>0.0</v>
       </c>
       <c r="U17" s="14">
         <v>0.0</v>
       </c>
       <c r="V17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="14">
         <v>0.54</v>
       </c>
       <c r="C18" s="14">
         <v>0.58</v>
       </c>
       <c r="D18" s="14">