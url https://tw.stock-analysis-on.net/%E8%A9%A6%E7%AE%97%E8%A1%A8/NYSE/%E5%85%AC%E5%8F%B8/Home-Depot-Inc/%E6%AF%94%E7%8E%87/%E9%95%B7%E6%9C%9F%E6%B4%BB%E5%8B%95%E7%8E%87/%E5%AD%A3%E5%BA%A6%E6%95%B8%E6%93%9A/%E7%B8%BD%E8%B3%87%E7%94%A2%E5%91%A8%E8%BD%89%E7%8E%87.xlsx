--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -882,108 +882,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.0</v>
       </c>
       <c r="C13" s="13">
         <v>0.0</v>
       </c>
       <c r="D13" s="13">
         <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>0.0</v>
+        <v>0.88</v>
       </c>
       <c r="F13" s="13">
         <v>0.95</v>
       </c>
       <c r="G13" s="13">
         <v>0.98</v>
       </c>
       <c r="H13" s="13">
         <v>1.01</v>
       </c>
       <c r="I13" s="13">
         <v>1.02</v>
       </c>
       <c r="J13" s="13">
         <v>1.06</v>
       </c>
       <c r="K13" s="13">
         <v>1.09</v>
       </c>
       <c r="L13" s="13">
         <v>1.11</v>
       </c>
       <c r="M13" s="13">
         <v>1.09</v>
       </c>
       <c r="N13" s="13">
         <v>1.14</v>
       </c>
       <c r="O13" s="13">
         <v>1.13</v>
       </c>
       <c r="P13" s="13">
         <v>1.13</v>
       </c>
       <c r="Q13" s="13">
         <v>1.11</v>
       </c>
       <c r="R13" s="13">
         <v>1.17</v>
       </c>
       <c r="S13" s="13">
         <v>1.16</v>
       </c>
       <c r="T13" s="13">
         <v>1.16</v>
       </c>
       <c r="U13" s="13">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="13">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="13">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="13">
-        <v>1.3</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>1.58</v>
       </c>
       <c r="C14" s="13">
         <v>1.79</v>
       </c>
       <c r="D14" s="13">
         <v>1.83</v>
       </c>
       <c r="E14" s="13">
         <v>1.94</v>
       </c>
       <c r="F14" s="13">
         <v>1.87</v>
       </c>
       <c r="G14" s="13">
         <v>1.87</v>
       </c>
       <c r="H14" s="13">