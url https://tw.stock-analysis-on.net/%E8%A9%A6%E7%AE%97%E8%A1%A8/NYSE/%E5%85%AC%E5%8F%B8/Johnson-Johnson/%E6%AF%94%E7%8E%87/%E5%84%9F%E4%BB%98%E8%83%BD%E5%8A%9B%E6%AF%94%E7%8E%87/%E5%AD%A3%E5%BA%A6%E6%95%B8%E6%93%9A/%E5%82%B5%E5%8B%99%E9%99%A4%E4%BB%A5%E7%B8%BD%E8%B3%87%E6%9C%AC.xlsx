--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1591,60 +1591,60 @@
       <c r="I24" s="15">
         <v>0.09</v>
       </c>
       <c r="J24" s="15">
         <v>0.1</v>
       </c>
       <c r="K24" s="15">
         <v>0.1</v>
       </c>
       <c r="L24" s="15">
         <v>0.1</v>
       </c>
       <c r="M24" s="15">
         <v>0.11</v>
       </c>
       <c r="N24" s="15">
         <v>0.11</v>
       </c>
       <c r="O24" s="15">
         <v>0.12</v>
       </c>
       <c r="P24" s="15">
         <v>0.12</v>
       </c>
       <c r="Q24" s="15">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="R24" s="15">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="S24" s="15">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="T24" s="15">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="15">
         <v>0.41</v>
       </c>
       <c r="C25" s="15">
         <v>0.41</v>
       </c>
       <c r="D25" s="15">
         <v>0.41</v>
       </c>
       <c r="E25" s="15">
         <v>0.39</v>
       </c>
       <c r="F25" s="15">
         <v>0.42</v>
       </c>
       <c r="G25" s="15">
         <v>0.43</v>
       </c>
       <c r="H25" s="15">